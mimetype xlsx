--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -22,88 +22,88 @@
   <Override PartName="/xl/customProperty5.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty6.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty7.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr showObjects="none" codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://agcompany-my.sharepoint.com/personal/swandana_modey_corteva_com/Documents/3. Payables Projects/Supplier letter/final files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="534" documentId="8_{F2D0A77D-6E99-4665-85B9-09962C76E2F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4EF3646A-758A-4160-B573-671834B0565B}"/>
+  <xr:revisionPtr revIDLastSave="554" documentId="8_{F2D0A77D-6E99-4665-85B9-09962C76E2F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2A4D9523-C83B-4657-AB11-5CD3A8C81F36}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="928" xr2:uid="{1DA487BE-471A-43ED-A3D5-0FC7F90A934A}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="11" r:id="rId1"/>
     <sheet name="APAC" sheetId="9" r:id="rId2"/>
     <sheet name="EMEA" sheetId="8" r:id="rId3"/>
     <sheet name="LATAM" sheetId="7" r:id="rId4"/>
     <sheet name="NA" sheetId="6" r:id="rId5"/>
     <sheet name="Note to ONIT Vendors" sheetId="12" r:id="rId6"/>
     <sheet name="Version number" sheetId="10" state="hidden" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">APAC!$A$2:$K$36</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">EMEA!$A$2:$J$72</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">LATAM!$A$2:$J$26</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">NA!$A$2:$J$23</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1430" uniqueCount="743">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1430" uniqueCount="745">
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Company Code</t>
   </si>
   <si>
     <t>Company name</t>
   </si>
   <si>
     <t>Company Address</t>
   </si>
   <si>
     <t>Paper invoices</t>
   </si>
   <si>
     <t>VAT #</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -1350,56 +1350,50 @@
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(either in house or to a carrier) to alleviate any confusion as our site signage has been updated to Corteva Agriscience.</t>
     </r>
   </si>
   <si>
     <t>Important Update for Suppliers using the ONIT system</t>
   </si>
   <si>
     <t xml:space="preserve">This list of submission instructions is not intended for our suppliers who use the ONIT system for providing the invoices to Corteva. </t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BG121732428</t>
   </si>
   <si>
     <t>Corteva Agriscience Bulgaria EOOD</t>
   </si>
   <si>
-    <t>Country: Bulgaria
-[...4 lines deleted...]
-  <si>
     <t>gergana.marinova@corteva.com</t>
   </si>
   <si>
     <t>Corteva Agriscience Hellas S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">Ydras 2 str &amp; Kifissias 280 Ave 15232 Chalandri, Athens, Greece </t>
   </si>
   <si>
     <t xml:space="preserve">DL-GRE-VENDORS@CORTEVA.COM </t>
   </si>
   <si>
     <t>Corteva Agriscience Croatia d.o.o.</t>
   </si>
   <si>
     <t>Corteva Agriscience Slovakia s.r.o.</t>
   </si>
   <si>
     <t>Corteva Agriscience MCS LLC</t>
   </si>
   <si>
     <t>Corteva Finance Company B.V.</t>
   </si>
   <si>
     <t>Dow AgroSciences Vertriebsgesellschaft m. b. H.
@@ -1680,53 +1674,50 @@
   <si>
     <t xml:space="preserve">Corteva Agriscience Maroc SARL
 Oasis Square, Street N°3, Building 6 2nd Floor, N° 217 Oasis, PC 20410 Casablanca – Morocco” </t>
   </si>
   <si>
     <t xml:space="preserve">Corteva Services Sàrl
 </t>
   </si>
   <si>
     <t xml:space="preserve">Corteva Agriscience Chile Ltda
 </t>
   </si>
   <si>
     <t>Corteva Agriscience Chile Ltda, 
 Gran Avenida 1621, Paine</t>
   </si>
   <si>
     <t>Corteva Agriscience (Malaysia) Sdn. Bhd.</t>
   </si>
   <si>
     <t>India Payables
 Corteva Agriscience India Private Limited(Unit-2)
 9th Floor, Tower 2.1, Waverock Buildings, M/S TSI Business Parks (Hyderabad) Pvt Ltd., 
 Survey No.115(P), Nanakramguda Village, Serilingampally Mandal, 
 Hyderabad - 500081, R.R.Dist (AP)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Email a pdf copy of the invoice to the NuTech contact who placed the order / email a pdf invoice to accountspayables@nutechseed.com</t>
   </si>
   <si>
     <t>Corteva Agriscience do Brasil Ltda</t>
   </si>
   <si>
     <t>Corteva Agriscience do Brasil Ltda.
 DIVISÃO PIONEER SEMENTES
 Rodovia BR 471,
 KM 49 - Caixa Postal 1009  96810-971
 SANTA CRUZ DO SUL - RS
 Corteva Agriscience do Brasil Ltda.
 DIVISÃO PIONEER SEMENTES
 Unidade de Beneficiamento Formosa - GO
 Rodovia BR 020, KM 69,3
 DAIF – Distrito Agro Industrial de Formosa
 73814-500 FORMOSA - GO</t>
   </si>
   <si>
     <t>Corteva Agriscience RSA (Pty) Ltd.</t>
   </si>
   <si>
     <t>Corteva Seeds RSA (Pty) Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">PT Corteva Agriscience Indonesia  </t>
@@ -3307,51 +3298,72 @@
     <t>Level 9, 67 Albert Ave, Chatswood NSW 2067 Australia</t>
   </si>
   <si>
     <t>Corteva Agriscience New Zealand Ltd, Level 1, 337 Devon Street East, New Plymouth, 4312, New Zealand</t>
   </si>
   <si>
     <t>Pioneer Hi-Bred Italia Servizi Agronomici SRL</t>
   </si>
   <si>
     <t>Pioneer Hi-Bred Italia Sementi SRL</t>
   </si>
   <si>
     <t>Level 1, 337 Devon Street East
 New Plymouth 4312
 New Zealand</t>
   </si>
   <si>
     <t>Pioneer Hi-Bred Poland Sp. z o.o.</t>
   </si>
   <si>
     <t>Dziekonskiego 1, 00-728 
 Warszawa
 NIP: 5213866217</t>
   </si>
   <si>
-    <t>10th September 2025</t>
+    <t>Country: Bulgaria
+City: Sofia
+Business Park Mladost 4
+Build.1A, fl.1-2
+pin - 1766</t>
+  </si>
+  <si>
+    <t>Attn: Heba El Attar
+Mivida, Business Park, Building B3
+2nd Floor, Unit 3
+11835 New Cairo
+Egypt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Email a pdf copy of the invoice to the NuTech contact who placed the order / email a pdf invoice to accountspayables@nutechseed.com
+Invoices for other companies to be sent to approc@pioneer.com </t>
+  </si>
+  <si>
+    <t>saniye.ates@corteva.com</t>
+  </si>
+  <si>
+    <t>10th October 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -4052,120 +4064,120 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FSIAPAY@corteva.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saniye.ates@corteva.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:latam.rush@pioneer.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dupont-ec@estrella-apolo-consultores.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Accountspayable@stollerusa.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Accountspayable@stollerusa.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Accountspayable@stollerusa.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Accountspayable@stollerusa.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accountspayable@stollerenterprises.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Accountspayable@stollerusa.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACF4F0BF-C182-4138-BE61-544E47246FA5}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:S19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="S2" sqref="S2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.77734375" customWidth="1"/>
     <col min="18" max="18" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="26.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="30" customFormat="1" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A1" s="33" t="s">
         <v>345</v>
       </c>
       <c r="R1" s="33" t="s">
         <v>353</v>
       </c>
       <c r="S1" s="31" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
     </row>
     <row r="2" spans="1:19" s="30" customFormat="1" ht="23.4" x14ac:dyDescent="0.45">
       <c r="S2" s="31"/>
     </row>
     <row r="3" spans="1:19" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A3" s="32" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
     </row>
     <row r="4" spans="1:19" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A4" s="42" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A5" s="41"/>
     </row>
     <row r="6" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
     </row>
     <row r="9" spans="1:19" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A9" s="28" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="12" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="13" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A13" s="28" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="15" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>349</v>
@@ -4173,56 +4185,56 @@
       <c r="B15" s="1" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="17" spans="1:2" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="18" spans="1:2" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
     </row>
     <row r="19" spans="1:2" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="E75kr/R0MQ0CqzpPKPQpeE6STXPwzn66sIorf9JnCroSoltpMkzXZSHaUeXM/2iayvrPODcmbEth3pFVYy5DEA==" saltValue="EhlV2lnbOcTkZBXJ3eWHtA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="zjYMjIn/4ZaA/o1v7L0HHQKKKzfLUnOo4neED4ZX1eAtkqU/Bx5QPz9shc2bPgJ9JDC7D4QgCaZZ9CEBcNW78g==" saltValue="nJZOskBdSS8Kb5kQrMvC0w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED279F46-A53B-4116-B0C4-B4AB1DD931B1}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:K36"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="21.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.21875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" bestFit="1" customWidth="1"/>
@@ -4231,576 +4243,576 @@
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="23.44140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="35.5546875" style="35" customWidth="1"/>
     <col min="9" max="9" width="26.77734375" customWidth="1"/>
     <col min="10" max="10" width="37.88671875" style="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="36"/>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="56" t="s">
         <v>200</v>
       </c>
       <c r="G1" s="57"/>
       <c r="H1" s="57" t="s">
         <v>33</v>
       </c>
       <c r="I1" s="57"/>
       <c r="J1" s="56" t="s">
         <v>32</v>
       </c>
       <c r="K1" s="56" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
     </row>
     <row r="2" spans="1:11" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="47" t="s">
         <v>336</v>
       </c>
       <c r="B2" s="47" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="47" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="47" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="47" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="47" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="47" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="47" t="s">
         <v>132</v>
       </c>
       <c r="I2" s="47" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="56"/>
       <c r="K2" s="56"/>
     </row>
     <row r="3" spans="1:11" s="1" customFormat="1" ht="249.6" x14ac:dyDescent="0.3">
       <c r="A3" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>49</v>
       </c>
       <c r="D3" s="21">
         <v>1319</v>
       </c>
       <c r="E3" s="40" t="s">
         <v>248</v>
       </c>
       <c r="F3" s="40" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="G3" s="40" t="s">
         <v>306</v>
       </c>
       <c r="H3" s="20" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="I3" s="40" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="J3" s="40" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="K3" s="24"/>
     </row>
     <row r="4" spans="1:11" s="1" customFormat="1" ht="202.8" x14ac:dyDescent="0.3">
       <c r="A4" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B4" s="40" t="s">
         <v>244</v>
       </c>
       <c r="C4" s="21" t="s">
         <v>49</v>
       </c>
       <c r="D4" s="21" t="s">
         <v>247</v>
       </c>
       <c r="E4" s="40" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="F4" s="40" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="G4" s="40" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="H4" s="20" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="I4" s="40" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="J4" s="40" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="K4" s="24"/>
     </row>
     <row r="5" spans="1:11" s="1" customFormat="1" ht="234" x14ac:dyDescent="0.3">
       <c r="A5" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>244</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="9">
         <v>8556</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>266</v>
       </c>
       <c r="F5" s="9" t="s">
+        <v>429</v>
+      </c>
+      <c r="G5" s="9" t="s">
         <v>430</v>
       </c>
-      <c r="G5" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="38" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="I5" s="9" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="J5" s="38" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="K5" s="24"/>
     </row>
     <row r="6" spans="1:11" s="1" customFormat="1" ht="234" x14ac:dyDescent="0.3">
       <c r="A6" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>244</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9">
         <v>8556</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>305</v>
       </c>
       <c r="F6" s="9" t="s">
+        <v>431</v>
+      </c>
+      <c r="G6" s="9" t="s">
         <v>432</v>
       </c>
-      <c r="G6" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="38" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="I6" s="9" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="J6" s="38" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="K6" s="24"/>
     </row>
     <row r="7" spans="1:11" s="1" customFormat="1" ht="171.6" x14ac:dyDescent="0.3">
       <c r="A7" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B7" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C7" s="40" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="40">
         <v>3945</v>
       </c>
       <c r="E7" s="16" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="F7" s="40" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="G7" s="40" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="H7" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I7" s="40" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="J7" s="26" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K7" s="24"/>
     </row>
     <row r="8" spans="1:11" s="1" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A8" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B8" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C8" s="40" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="40">
         <v>4860</v>
       </c>
       <c r="E8" s="40" t="s">
         <v>267</v>
       </c>
       <c r="F8" s="40" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="G8" s="40" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="H8" s="38" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="I8" s="40" t="s">
         <v>268</v>
       </c>
       <c r="J8" s="38" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="K8" s="24"/>
     </row>
     <row r="9" spans="1:11" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.3">
       <c r="A9" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C9" s="40" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="40" t="s">
         <v>265</v>
       </c>
       <c r="E9" s="40">
         <v>3700255425</v>
       </c>
       <c r="F9" s="40" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="G9" s="40" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="H9" s="20" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="I9" s="40" t="s">
         <v>268</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>231</v>
       </c>
       <c r="K9" s="24"/>
     </row>
     <row r="10" spans="1:11" s="1" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A10" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B10" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C10" s="21" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="14">
         <v>8594</v>
       </c>
       <c r="E10" s="40" t="s">
         <v>291</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="G10" s="40" t="s">
         <v>290</v>
       </c>
       <c r="H10" s="20" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="I10" s="40" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="J10" s="46" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="K10" s="24"/>
     </row>
     <row r="11" spans="1:11" s="1" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A11" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>292</v>
       </c>
       <c r="D11" s="21">
         <v>1672</v>
       </c>
       <c r="E11" s="21" t="s">
         <v>293</v>
       </c>
       <c r="F11" s="21" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="G11" s="40" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="H11" s="20" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="I11" s="9" t="s">
         <v>268</v>
       </c>
       <c r="J11" s="38" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="K11" s="24"/>
     </row>
     <row r="12" spans="1:11" s="1" customFormat="1" ht="156" x14ac:dyDescent="0.3">
       <c r="A12" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B12" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>295</v>
       </c>
       <c r="E12" s="48" t="s">
         <v>296</v>
       </c>
       <c r="F12" s="21" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="G12" s="40" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="H12" s="35" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I12" s="17" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="J12" s="38" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K12" s="24"/>
     </row>
     <row r="13" spans="1:11" s="1" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A13" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B13" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C13" s="21" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="15">
         <v>8552</v>
       </c>
       <c r="E13" s="16" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="G13" s="40" t="s">
         <v>297</v>
       </c>
       <c r="H13" s="20" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="I13" s="9" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J13" s="38" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="K13" s="24"/>
     </row>
     <row r="14" spans="1:11" s="49" customFormat="1" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A14" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C14" s="21" t="s">
         <v>298</v>
       </c>
       <c r="D14" s="21">
         <v>1600</v>
       </c>
       <c r="E14" s="40">
         <v>111260494</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="G14" s="40" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="H14" s="20" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>268</v>
       </c>
       <c r="J14" s="38" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="K14" s="24"/>
     </row>
     <row r="15" spans="1:11" s="1" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A15" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B15" s="21" t="s">
         <v>244</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="21">
         <v>3874</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>299</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="G15" s="40" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="H15" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>312</v>
       </c>
       <c r="J15" s="26" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K15" s="24"/>
     </row>
     <row r="16" spans="1:11" ht="374.4" x14ac:dyDescent="0.3">
       <c r="A16" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B16" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C16" s="38" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="38" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="E16" s="38" t="s">
         <v>245</v>
       </c>
       <c r="F16" s="38" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="G16" s="38" t="s">
         <v>304</v>
       </c>
       <c r="H16" s="26" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="I16" s="38" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="J16" s="26" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="K16" s="46"/>
     </row>
     <row r="17" spans="1:11" ht="374.4" x14ac:dyDescent="0.3">
       <c r="A17" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B17" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C17" s="38" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="38" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="E17" s="38" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="F17" s="38" t="s">
         <v>246</v>
       </c>
       <c r="G17" s="23" t="s">
         <v>303</v>
       </c>
       <c r="H17" s="26" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="I17" s="38" t="s">
         <v>313</v>
       </c>
       <c r="J17" s="26" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="K17" s="46"/>
     </row>
     <row r="18" spans="1:11" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A18" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B18" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C18" s="38" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="38">
         <v>1275</v>
       </c>
       <c r="E18" s="38" t="s">
         <v>249</v>
       </c>
       <c r="F18" s="38" t="s">
         <v>256</v>
       </c>
       <c r="G18" s="38" t="s">
         <v>257</v>
       </c>
@@ -4876,96 +4888,96 @@
       <c r="I20" s="25" t="s">
         <v>231</v>
       </c>
       <c r="J20" s="25" t="s">
         <v>231</v>
       </c>
       <c r="K20" s="46"/>
     </row>
     <row r="21" spans="1:11" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A21" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B21" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C21" s="38" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="38">
         <v>841</v>
       </c>
       <c r="E21" s="38" t="s">
         <v>252</v>
       </c>
       <c r="F21" s="38" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="G21" s="38" t="s">
         <v>310</v>
       </c>
       <c r="H21" s="38" t="s">
         <v>311</v>
       </c>
       <c r="I21" s="38" t="s">
         <v>311</v>
       </c>
       <c r="J21" s="26" t="s">
         <v>311</v>
       </c>
       <c r="K21" s="46"/>
     </row>
     <row r="22" spans="1:11" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A22" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B22" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C22" s="38" t="s">
         <v>23</v>
       </c>
       <c r="D22" s="38">
         <v>846</v>
       </c>
       <c r="E22" s="38" t="s">
         <v>253</v>
       </c>
       <c r="F22" s="38" t="s">
         <v>262</v>
       </c>
       <c r="G22" s="38" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="H22" s="25" t="s">
         <v>231</v>
       </c>
       <c r="I22" s="25" t="s">
         <v>231</v>
       </c>
       <c r="J22" s="38" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="K22" s="46"/>
     </row>
     <row r="23" spans="1:11" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A23" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B23" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C23" s="38" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="38">
         <v>1307</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>254</v>
       </c>
       <c r="F23" s="38" t="s">
         <v>263</v>
       </c>
       <c r="G23" s="38" t="s">
         <v>264</v>
       </c>
@@ -4975,2792 +4987,2795 @@
       <c r="I23" s="38" t="s">
         <v>255</v>
       </c>
       <c r="J23" s="25" t="s">
         <v>231</v>
       </c>
       <c r="K23" s="46"/>
     </row>
     <row r="24" spans="1:11" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A24" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>244</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="24">
         <v>811</v>
       </c>
       <c r="E24" s="24" t="s">
         <v>294</v>
       </c>
       <c r="F24" s="24" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="G24" s="38" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="H24" s="25" t="s">
         <v>231</v>
       </c>
       <c r="I24" s="38" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="J24" s="26" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="K24" s="46"/>
     </row>
     <row r="25" spans="1:11" ht="78" x14ac:dyDescent="0.3">
       <c r="A25" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C25" s="26" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="26">
         <v>209</v>
       </c>
       <c r="E25" s="26" t="s">
         <v>8</v>
       </c>
       <c r="F25" s="26" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="G25" s="40" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="H25" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I25" s="26" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="J25" s="26" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K25" s="46"/>
     </row>
     <row r="26" spans="1:11" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A26" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C26" s="26" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="26">
         <v>205</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>25</v>
       </c>
       <c r="F26" s="26" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="G26" s="20" t="s">
         <v>342</v>
       </c>
       <c r="H26" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I26" s="26" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="J26" s="40" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="K26" s="46"/>
     </row>
     <row r="27" spans="1:11" ht="126" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="38">
         <v>903</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="38" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="G27" s="20" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="H27" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I27" s="38" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="J27" s="38" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K27" s="46"/>
     </row>
     <row r="28" spans="1:11" ht="139.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B28" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C28" s="26" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="26">
         <v>195</v>
       </c>
       <c r="E28" s="26" t="s">
         <v>50</v>
       </c>
       <c r="F28" s="26" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="G28" s="26" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="H28" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I28" s="26" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="J28" s="38" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K28" s="46"/>
     </row>
     <row r="29" spans="1:11" ht="78" x14ac:dyDescent="0.3">
       <c r="A29" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B29" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C29" s="26" t="s">
         <v>17</v>
       </c>
       <c r="D29" s="45" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="E29" s="26" t="s">
         <v>18</v>
       </c>
       <c r="F29" s="26" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="G29" s="26" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="H29" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I29" s="26" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="J29" s="38" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K29" s="46"/>
     </row>
     <row r="30" spans="1:11" ht="171.6" x14ac:dyDescent="0.3">
       <c r="A30" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B30" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C30" s="26" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="26">
         <v>201</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="26" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="G30" s="26" t="s">
         <v>288</v>
       </c>
       <c r="H30" s="20" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="I30" s="26" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="J30" s="38" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="K30" s="46"/>
     </row>
     <row r="31" spans="1:11" ht="247.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B31" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D31" s="26">
         <v>751</v>
       </c>
       <c r="E31" s="26" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="F31" s="26" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="G31" s="26" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="H31" s="38" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="I31" s="26" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="J31" s="40" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="K31" s="46"/>
     </row>
     <row r="32" spans="1:11" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A32" s="46" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>244</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="46">
         <v>3361</v>
       </c>
       <c r="E32" s="46" t="s">
+        <v>634</v>
+      </c>
+      <c r="F32" s="20" t="s">
+        <v>635</v>
+      </c>
+      <c r="G32" s="20" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>638</v>
       </c>
       <c r="H32" s="38" t="s">
         <v>268</v>
       </c>
       <c r="I32" s="20" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="J32" s="38" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="K32" s="46"/>
     </row>
     <row r="33" spans="1:11" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A33" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B33" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C33" s="26" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="26">
         <v>3364</v>
       </c>
       <c r="E33" s="26">
         <v>35065320747</v>
       </c>
       <c r="F33" s="26" t="s">
+        <v>657</v>
+      </c>
+      <c r="G33" s="40" t="s">
+        <v>699</v>
+      </c>
+      <c r="H33" s="38" t="s">
+        <v>687</v>
+      </c>
+      <c r="I33" s="26" t="s">
         <v>659</v>
       </c>
-      <c r="G33" s="40" t="s">
+      <c r="J33" s="26" t="s">
         <v>701</v>
-      </c>
-[...7 lines deleted...]
-        <v>703</v>
       </c>
       <c r="K33" s="46"/>
     </row>
     <row r="34" spans="1:11" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A34" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B34" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C34" s="26" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D34" s="26">
         <v>1353</v>
       </c>
       <c r="E34" s="26" t="s">
+        <v>661</v>
+      </c>
+      <c r="F34" s="26" t="s">
+        <v>662</v>
+      </c>
+      <c r="G34" s="40" t="s">
         <v>663</v>
       </c>
-      <c r="F34" s="26" t="s">
+      <c r="H34" s="38" t="s">
+        <v>667</v>
+      </c>
+      <c r="I34" s="26" t="s">
         <v>664</v>
       </c>
-      <c r="G34" s="40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J34" s="40" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="K34" s="46"/>
     </row>
     <row r="35" spans="1:11" ht="78" x14ac:dyDescent="0.3">
       <c r="A35" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B35" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C35" s="26" t="s">
         <v>17</v>
       </c>
       <c r="D35" s="50" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="E35" s="26"/>
       <c r="F35" s="24" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="G35" s="26" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="H35" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I35" s="26" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="J35" s="38" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K35" s="38"/>
     </row>
     <row r="36" spans="1:11" ht="78" x14ac:dyDescent="0.3">
       <c r="A36" s="38" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B36" s="38" t="s">
         <v>244</v>
       </c>
       <c r="C36" s="26" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="D36" s="24">
         <v>1785</v>
       </c>
       <c r="E36" s="24" t="s">
+        <v>672</v>
+      </c>
+      <c r="F36" s="24" t="s">
+        <v>673</v>
+      </c>
+      <c r="G36" s="26" t="s">
         <v>674</v>
       </c>
-      <c r="F36" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H36" s="38" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="I36" s="26" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="J36" s="38" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="K36" s="46"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="HVd1NzOu173m346s8Zvgs8nk/EKcARMI5FYSeFI0FsQ5YMxgRokuu8gZerclouG4ftuQCmDwK94YeAn8wP0OQA==" saltValue="Z/quv5YBz/bBHGETahSzaQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
   <autoFilter ref="A2:K36" xr:uid="{ED279F46-A53B-4116-B0C4-B4AB1DD931B1}"/>
   <mergeCells count="4">
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J26" r:id="rId1" xr:uid="{5AAE3654-E861-48D9-8A58-E786FDCC0B2B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId3"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F837B259-6031-4D41-9604-A84D7C1DACEC}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:J72"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F15" sqref="F15"/>
+      <pane ySplit="2" topLeftCell="A31" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E36" sqref="E36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.77734375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.44140625" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.21875" customWidth="1"/>
     <col min="6" max="6" width="40.88671875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="45.5546875" customWidth="1"/>
     <col min="8" max="8" width="39.21875" style="55" customWidth="1"/>
     <col min="9" max="9" width="36.77734375" customWidth="1"/>
     <col min="10" max="10" width="47.6640625" style="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="36"/>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="56" t="s">
         <v>200</v>
       </c>
       <c r="G1" s="57"/>
       <c r="H1" s="57" t="s">
         <v>33</v>
       </c>
       <c r="I1" s="57"/>
       <c r="J1" s="56" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
     </row>
     <row r="2" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="47" t="s">
         <v>336</v>
       </c>
       <c r="B2" s="47" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="47" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="47" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="47" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="47" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="47" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="47" t="s">
         <v>132</v>
       </c>
       <c r="I2" s="47" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="57"/>
     </row>
     <row r="3" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>178</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>186</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>201</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>187</v>
       </c>
       <c r="F3" s="9" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="G3" s="9" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="H3" s="9" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I3" s="9" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="J3" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A4" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B4" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C4" s="40" t="s">
         <v>48</v>
       </c>
       <c r="D4" s="21" t="s">
         <v>202</v>
       </c>
       <c r="E4" s="40" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="F4" s="40" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="G4" s="40" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="H4" s="26" t="s">
         <v>328</v>
       </c>
       <c r="I4" s="40" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="J4" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="187.2" x14ac:dyDescent="0.3">
       <c r="A5" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C5" s="40" t="s">
         <v>150</v>
       </c>
       <c r="D5" s="21" t="s">
         <v>203</v>
       </c>
       <c r="E5" s="40" t="s">
         <v>189</v>
       </c>
       <c r="F5" s="40" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="G5" s="40" t="s">
         <v>195</v>
       </c>
       <c r="H5" s="9" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="I5" s="40" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="J5" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A6" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B6" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C6" s="40" t="s">
         <v>184</v>
       </c>
       <c r="D6" s="21" t="s">
         <v>204</v>
       </c>
       <c r="E6" s="40">
         <v>7710437944</v>
       </c>
       <c r="F6" s="40" t="s">
         <v>193</v>
       </c>
       <c r="G6" s="40" t="s">
         <v>194</v>
       </c>
       <c r="H6" s="54"/>
       <c r="I6" s="40" t="s">
         <v>185</v>
       </c>
       <c r="J6" s="38" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A7" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B7" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C7" s="40" t="s">
         <v>69</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>205</v>
       </c>
       <c r="E7" s="40">
         <v>4300255413</v>
       </c>
       <c r="F7" s="40" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="G7" s="40" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="H7" s="9" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I7" s="26" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="J7" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A8" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B8" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C8" s="40" t="s">
         <v>71</v>
       </c>
       <c r="D8" s="21" t="s">
         <v>206</v>
       </c>
       <c r="E8" s="40" t="s">
         <v>191</v>
       </c>
       <c r="F8" s="40" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="G8" s="40" t="s">
         <v>197</v>
       </c>
       <c r="H8" s="9" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I8" s="40" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="J8" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A9" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C9" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D9" s="21" t="s">
         <v>207</v>
       </c>
       <c r="E9" s="40" t="s">
         <v>188</v>
       </c>
       <c r="F9" s="40" t="s">
+        <v>381</v>
+      </c>
+      <c r="G9" s="40" t="s">
         <v>382</v>
       </c>
-      <c r="G9" s="40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="9" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I9" s="40" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="J9" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="217.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B10" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C10" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D10" s="21">
         <v>1154</v>
       </c>
       <c r="E10" s="40" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="F10" s="40" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="G10" s="40" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="H10" s="9" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I10" s="40" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="J10" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A11" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C11" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D11" s="21" t="s">
         <v>208</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>192</v>
       </c>
       <c r="F11" s="10" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="G11" s="40" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="H11" s="9" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I11" s="40" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="J11" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A12" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B12" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C12" s="40" t="s">
         <v>76</v>
       </c>
       <c r="D12" s="21" t="s">
         <v>209</v>
       </c>
       <c r="E12" s="40" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="F12" s="40" t="s">
+        <v>705</v>
+      </c>
+      <c r="G12" s="40" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>235</v>
       </c>
       <c r="I12" s="40" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="J12" s="38" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="78" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C13" s="38" t="s">
         <v>34</v>
       </c>
       <c r="D13" s="24" t="s">
         <v>269</v>
       </c>
       <c r="E13" s="38" t="s">
         <v>148</v>
       </c>
       <c r="F13" s="38" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="G13" s="38" t="s">
         <v>165</v>
       </c>
       <c r="H13" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I13" s="38" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="J13" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A14" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C14" s="38" t="s">
         <v>140</v>
       </c>
       <c r="D14" s="24" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="E14" s="38" t="s">
         <v>141</v>
       </c>
       <c r="F14" s="38" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="G14" s="38" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="H14" s="26" t="s">
         <v>330</v>
       </c>
       <c r="I14" s="38" t="s">
         <v>50</v>
       </c>
       <c r="J14" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A15" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C15" s="38" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="24" t="s">
         <v>270</v>
       </c>
       <c r="E15" s="38" t="s">
         <v>142</v>
       </c>
       <c r="F15" s="38" t="s">
         <v>163</v>
       </c>
       <c r="G15" s="38" t="s">
         <v>164</v>
       </c>
       <c r="H15" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I15" s="38" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="J15" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A16" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C16" s="38" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="24" t="s">
         <v>271</v>
       </c>
       <c r="E16" s="38" t="s">
         <v>160</v>
       </c>
       <c r="F16" s="38" t="s">
         <v>170</v>
       </c>
       <c r="G16" s="38" t="s">
         <v>164</v>
       </c>
       <c r="H16" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I16" s="38" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="J16" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A17" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C17" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="24" t="s">
         <v>272</v>
       </c>
       <c r="E17" s="38" t="s">
         <v>153</v>
       </c>
       <c r="F17" s="38" t="s">
         <v>175</v>
       </c>
       <c r="G17" s="38" t="s">
         <v>325</v>
       </c>
       <c r="H17" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I17" s="38" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="J17" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="374.4" x14ac:dyDescent="0.3">
       <c r="A18" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C18" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D18" s="24" t="s">
         <v>273</v>
       </c>
       <c r="E18" s="38" t="s">
         <v>154</v>
       </c>
       <c r="F18" s="38" t="s">
         <v>174</v>
       </c>
       <c r="G18" s="38" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="H18" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I18" s="38" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="J18" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A19" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C19" s="38" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="24" t="s">
         <v>274</v>
       </c>
       <c r="E19" s="38" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="F19" s="38" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="G19" s="40" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="H19" s="26" t="s">
         <v>328</v>
       </c>
       <c r="I19" s="38" t="s">
         <v>50</v>
       </c>
       <c r="J19" s="38" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A20" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C20" s="38" t="s">
         <v>48</v>
       </c>
       <c r="D20" s="24" t="s">
         <v>275</v>
       </c>
       <c r="E20" s="38" t="s">
         <v>155</v>
       </c>
       <c r="F20" s="38" t="s">
         <v>179</v>
       </c>
       <c r="G20" s="40" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="H20" s="26" t="s">
         <v>328</v>
       </c>
       <c r="I20" s="38" t="s">
         <v>50</v>
       </c>
       <c r="J20" s="38" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A21" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C21" s="38" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="24" t="s">
         <v>276</v>
       </c>
       <c r="E21" s="38" t="s">
         <v>156</v>
       </c>
       <c r="F21" s="38" t="s">
         <v>172</v>
       </c>
       <c r="G21" s="38" t="s">
         <v>173</v>
       </c>
       <c r="H21" s="26" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="I21" s="38" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A22" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C22" s="38" t="s">
         <v>51</v>
       </c>
       <c r="D22" s="24" t="s">
         <v>277</v>
       </c>
       <c r="E22" s="38" t="s">
         <v>157</v>
       </c>
       <c r="F22" s="38" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="G22" s="38" t="s">
         <v>171</v>
       </c>
       <c r="H22" s="26" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="I22" s="38" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A23" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C23" s="38" t="s">
         <v>51</v>
       </c>
       <c r="D23" s="24" t="s">
         <v>278</v>
       </c>
       <c r="E23" s="38" t="s">
         <v>158</v>
       </c>
       <c r="F23" s="38" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="G23" s="38" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="H23" s="26" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="I23" s="38" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A24" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C24" s="38" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="24" t="s">
         <v>279</v>
       </c>
       <c r="E24" s="38" t="s">
         <v>144</v>
       </c>
       <c r="F24" s="38" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="G24" s="38" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="H24" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I24" s="38" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="J24" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A25" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C25" s="38" t="s">
         <v>190</v>
       </c>
       <c r="D25" s="24" t="s">
         <v>280</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>149</v>
       </c>
       <c r="F25" s="38" t="s">
         <v>343</v>
       </c>
       <c r="G25" s="38" t="s">
         <v>196</v>
       </c>
       <c r="H25" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I25" s="38" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="J25" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="171.6" x14ac:dyDescent="0.3">
       <c r="A26" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C26" s="38" t="s">
         <v>150</v>
       </c>
       <c r="D26" s="24" t="s">
         <v>281</v>
       </c>
       <c r="E26" s="38" t="s">
         <v>151</v>
       </c>
       <c r="F26" s="38" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="G26" s="38" t="s">
         <v>177</v>
       </c>
       <c r="H26" s="26" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="I26" s="40" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="J26" s="38" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="171.6" x14ac:dyDescent="0.3">
       <c r="A27" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C27" s="38" t="s">
         <v>150</v>
       </c>
       <c r="D27" s="24" t="s">
         <v>282</v>
       </c>
       <c r="E27" s="38" t="s">
         <v>152</v>
       </c>
       <c r="F27" s="38" t="s">
         <v>176</v>
       </c>
       <c r="G27" s="38" t="s">
         <v>177</v>
       </c>
       <c r="H27" s="26" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="I27" s="40" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="J27" s="38" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A28" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C28" s="38" t="s">
         <v>146</v>
       </c>
       <c r="D28" s="24" t="s">
         <v>283</v>
       </c>
       <c r="E28" s="38" t="s">
         <v>147</v>
       </c>
       <c r="F28" s="38" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="G28" s="38" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="H28" s="26" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="I28" s="25"/>
       <c r="J28" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A29" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C29" s="38" t="s">
         <v>71</v>
       </c>
       <c r="D29" s="24" t="s">
         <v>284</v>
       </c>
       <c r="E29" s="38" t="s">
         <v>145</v>
       </c>
       <c r="F29" s="38" t="s">
         <v>180</v>
       </c>
       <c r="G29" s="38" t="s">
         <v>168</v>
       </c>
       <c r="H29" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I29" s="38" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="J29" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A30" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C30" s="38" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="24" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="E30" s="38" t="s">
         <v>159</v>
       </c>
       <c r="F30" s="38" t="s">
         <v>169</v>
       </c>
       <c r="G30" s="38" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="H30" s="26" t="s">
         <v>143</v>
       </c>
       <c r="I30" s="38" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="J30" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A31" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C31" s="38" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="24" t="s">
         <v>285</v>
       </c>
       <c r="E31" s="38">
         <v>7300349120</v>
       </c>
       <c r="F31" s="38" t="s">
         <v>161</v>
       </c>
       <c r="G31" s="38" t="s">
         <v>162</v>
       </c>
-      <c r="H31" s="26" t="s">
-        <v>329</v>
+      <c r="H31" s="38" t="s">
+        <v>743</v>
       </c>
       <c r="I31" s="25"/>
       <c r="J31" s="38" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A32" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C32" s="38" t="s">
         <v>74</v>
       </c>
       <c r="D32" s="24" t="s">
         <v>286</v>
       </c>
       <c r="E32" s="38">
         <v>7300005689</v>
       </c>
       <c r="F32" s="38" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="G32" s="38" t="s">
         <v>162</v>
       </c>
       <c r="H32" s="26" t="s">
         <v>329</v>
       </c>
       <c r="I32" s="25"/>
       <c r="J32" s="38" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A33" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B33" s="24" t="s">
         <v>178</v>
       </c>
       <c r="C33" s="38" t="s">
         <v>74</v>
       </c>
       <c r="D33" s="24" t="s">
         <v>287</v>
       </c>
       <c r="E33" s="25"/>
       <c r="F33" s="38" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="38" t="s">
         <v>167</v>
       </c>
       <c r="H33" s="26" t="s">
         <v>329</v>
       </c>
       <c r="I33" s="25"/>
       <c r="J33" s="38" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A34" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B34" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C34" s="40" t="s">
         <v>184</v>
       </c>
       <c r="D34" s="21" t="s">
         <v>332</v>
       </c>
       <c r="E34" s="40">
         <v>6163104945</v>
       </c>
       <c r="F34" s="40" t="s">
         <v>333</v>
       </c>
       <c r="G34" s="40" t="s">
         <v>334</v>
       </c>
       <c r="H34" s="54"/>
       <c r="I34" s="40" t="s">
         <v>335</v>
       </c>
       <c r="J34" s="38" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A35" s="8" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B35" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C35" s="26" t="s">
         <v>34</v>
       </c>
       <c r="D35" s="26">
         <v>129</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>36</v>
       </c>
       <c r="F35" s="26" t="s">
         <v>35</v>
       </c>
       <c r="G35" s="26" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="H35" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I35" s="38" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="J35" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="62.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B36" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C36" s="26" t="s">
         <v>37</v>
       </c>
       <c r="D36" s="26">
         <v>886</v>
       </c>
       <c r="E36" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F36" s="26" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G36" s="26" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="H36" s="26" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="I36" s="26" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="J36" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A37" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B37" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C37" s="26" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="26">
         <v>127</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>40</v>
       </c>
       <c r="F37" s="26" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="G37" s="26" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="H37" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I37" s="38" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="J37" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A38" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B38" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C38" s="26" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="26" t="s">
+        <v>719</v>
+      </c>
+      <c r="E38" s="26" t="s">
+        <v>713</v>
+      </c>
+      <c r="F38" s="26" t="s">
+        <v>720</v>
+      </c>
+      <c r="G38" s="26" t="s">
         <v>721</v>
       </c>
-      <c r="E38" s="26" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="26" t="s">
+      <c r="H38" s="26" t="s">
         <v>722</v>
       </c>
-      <c r="G38" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I38" s="38" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="J38" s="38" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A39" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B39" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C39" s="26" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="26" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="E39" s="26" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="F39" s="26" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="G39" s="26" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="H39" s="26" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="I39" s="38" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="J39" s="38" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="40" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A40" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B40" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C40" s="26" t="s">
         <v>41</v>
       </c>
       <c r="D40" s="26">
         <v>8720</v>
       </c>
       <c r="E40" s="26" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="F40" s="26" t="s">
         <v>331</v>
       </c>
       <c r="G40" s="26" t="s">
-        <v>723</v>
+        <v>741</v>
       </c>
       <c r="H40" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I40" s="26" t="s">
-        <v>723</v>
+        <v>741</v>
       </c>
       <c r="J40" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A41" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B41" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C41" s="26" t="s">
         <v>42</v>
       </c>
       <c r="D41" s="26">
         <v>4472</v>
       </c>
       <c r="E41" s="26" t="s">
         <v>43</v>
       </c>
       <c r="F41" s="26" t="s">
+        <v>378</v>
+      </c>
+      <c r="G41" s="26" t="s">
         <v>379</v>
       </c>
-      <c r="G41" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H41" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I41" s="26" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="J41" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A42" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B42" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C42" s="26" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="26">
         <v>15</v>
       </c>
       <c r="E42" s="26" t="s">
         <v>45</v>
       </c>
       <c r="F42" s="26" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="G42" s="26" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="H42" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I42" s="38" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="J42" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A43" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B43" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C43" s="26" t="s">
         <v>46</v>
       </c>
       <c r="D43" s="26">
         <v>29</v>
       </c>
       <c r="E43" s="26" t="s">
         <v>47</v>
       </c>
       <c r="F43" s="26" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="G43" s="26" t="s">
         <v>325</v>
       </c>
       <c r="H43" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I43" s="26" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="J43" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A44" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B44" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C44" s="26" t="s">
         <v>51</v>
       </c>
       <c r="D44" s="26">
         <v>991</v>
       </c>
       <c r="E44" s="26" t="s">
         <v>52</v>
       </c>
       <c r="F44" s="26" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="G44" s="26" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="H44" s="26" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="I44" s="38" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A45" s="24" t="s">
         <v>338</v>
       </c>
       <c r="B45" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C45" s="26" t="s">
         <v>53</v>
       </c>
       <c r="D45" s="26">
         <v>8719</v>
       </c>
       <c r="E45" s="26" t="s">
+        <v>651</v>
+      </c>
+      <c r="F45" s="26" t="s">
+        <v>652</v>
+      </c>
+      <c r="G45" s="26" t="s">
         <v>653</v>
-      </c>
-[...4 lines deleted...]
-        <v>655</v>
       </c>
       <c r="H45" s="26" t="s">
         <v>54</v>
       </c>
       <c r="I45" s="26" t="s">
         <v>55</v>
       </c>
       <c r="J45" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A46" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B46" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C46" s="26" t="s">
         <v>56</v>
       </c>
       <c r="D46" s="26">
         <v>4456</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>210</v>
       </c>
       <c r="F46" s="26" t="s">
         <v>57</v>
       </c>
       <c r="G46" s="26" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="H46" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I46" s="26" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="J46" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A47" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B47" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C47" s="26" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="26">
         <v>1443</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F47" s="26" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="G47" s="26" t="s">
         <v>212</v>
       </c>
       <c r="H47" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I47" s="26" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="J47" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A48" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B48" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C48" s="26" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="26">
         <v>4459</v>
       </c>
       <c r="E48" s="26">
         <v>35794775</v>
       </c>
       <c r="F48" s="26" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G48" s="26" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="H48" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I48" s="26" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="J48" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A49" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B49" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C49" s="26" t="s">
         <v>60</v>
       </c>
       <c r="D49" s="26" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E49" s="26" t="s">
         <v>61</v>
       </c>
       <c r="F49" s="26" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="G49" s="26" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="H49" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I49" s="26" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="J49" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="50" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A50" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B50" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C50" s="26" t="s">
         <v>60</v>
       </c>
       <c r="D50" s="26">
         <v>4461</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="26" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="G50" s="26" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="H50" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I50" s="26" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="J50" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="51" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A51" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B51" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C51" s="26" t="s">
         <v>62</v>
       </c>
       <c r="D51" s="26">
         <v>4471</v>
       </c>
       <c r="E51" s="26" t="s">
         <v>214</v>
       </c>
       <c r="F51" s="26" t="s">
         <v>63</v>
       </c>
       <c r="G51" s="26" t="s">
         <v>213</v>
       </c>
       <c r="H51" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I51" s="26" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="J51" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A52" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B52" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C52" s="26" t="s">
         <v>64</v>
       </c>
       <c r="D52" s="26">
         <v>862</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>65</v>
       </c>
       <c r="F52" s="26" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="G52" s="26" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="H52" s="26" t="s">
         <v>317</v>
       </c>
       <c r="I52" s="26" t="s">
         <v>318</v>
       </c>
       <c r="J52" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A53" s="24" t="s">
         <v>338</v>
       </c>
       <c r="B53" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C53" s="26" t="s">
         <v>66</v>
       </c>
       <c r="D53" s="26">
         <v>1321</v>
       </c>
       <c r="E53" s="26" t="s">
         <v>68</v>
       </c>
       <c r="F53" s="26" t="s">
         <v>67</v>
       </c>
       <c r="G53" s="26" t="s">
         <v>80</v>
       </c>
       <c r="H53" s="26" t="s">
         <v>215</v>
       </c>
       <c r="I53" s="26" t="s">
         <v>216</v>
       </c>
       <c r="J53" s="38" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A54" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B54" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C54" s="26" t="s">
         <v>69</v>
       </c>
       <c r="D54" s="26">
         <v>932</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>70</v>
       </c>
       <c r="F54" s="26" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="G54" s="26" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="H54" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I54" s="26" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="J54" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A55" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B55" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C55" s="26" t="s">
         <v>73</v>
       </c>
       <c r="D55" s="26">
         <v>4453</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="26" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="G55" s="26" t="s">
         <v>217</v>
       </c>
       <c r="H55" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I55" s="26" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="J55" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="156" x14ac:dyDescent="0.3">
       <c r="A56" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B56" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C56" s="26" t="s">
         <v>74</v>
       </c>
       <c r="D56" s="26">
         <v>1187</v>
       </c>
       <c r="E56" s="26" t="s">
         <v>75</v>
       </c>
       <c r="F56" s="26" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="G56" s="26" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="H56" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I56" s="26" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="J56" s="38" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A57" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B57" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C57" s="26" t="s">
         <v>77</v>
       </c>
       <c r="D57" s="26">
         <v>27</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>78</v>
       </c>
       <c r="F57" s="26" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="G57" s="26" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="H57" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I57" s="26" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="J57" s="38" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A58" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B58" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C58" s="26" t="s">
         <v>358</v>
       </c>
       <c r="D58" s="26">
         <v>812</v>
       </c>
       <c r="E58" s="26" t="s">
         <v>359</v>
       </c>
       <c r="F58" s="26" t="s">
         <v>360</v>
       </c>
       <c r="G58" s="26" t="s">
+        <v>740</v>
+      </c>
+      <c r="H58" s="26" t="s">
         <v>361</v>
       </c>
-      <c r="H58" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I58" s="26" t="s">
-        <v>361</v>
+        <v>740</v>
       </c>
       <c r="J58" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="59" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A59" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B59" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C59" s="26" t="s">
         <v>183</v>
       </c>
       <c r="D59" s="26">
         <v>1752</v>
       </c>
       <c r="E59" s="26" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="F59" s="26" t="s">
+        <v>362</v>
+      </c>
+      <c r="G59" s="26" t="s">
         <v>363</v>
       </c>
-      <c r="G59" s="26" t="s">
+      <c r="H59" s="26" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="I59" s="26" t="s">
         <v>314</v>
       </c>
       <c r="J59" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A60" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B60" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C60" s="26" t="s">
         <v>69</v>
       </c>
       <c r="D60" s="26" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="E60" s="26">
         <v>4920132000</v>
       </c>
       <c r="F60" s="26" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="G60" s="26" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="H60" s="23" t="s">
         <v>143</v>
       </c>
       <c r="I60" s="26" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="J60" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="61" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A61" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B61" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C61" s="26" t="s">
         <v>69</v>
       </c>
       <c r="D61" s="26" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="E61" s="26">
         <v>4860142472</v>
       </c>
       <c r="F61" s="26" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="G61" s="26" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="H61" s="23" t="s">
         <v>143</v>
       </c>
       <c r="I61" s="26" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="J61" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A62" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B62" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C62" s="26" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="26" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="E62" s="26">
         <v>4140102684</v>
       </c>
       <c r="F62" s="26" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="G62" s="38" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="H62" s="23" t="s">
         <v>143</v>
       </c>
       <c r="I62" s="38" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="J62" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A63" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B63" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C63" s="26" t="s">
         <v>64</v>
       </c>
       <c r="D63" s="26" t="s">
+        <v>375</v>
+      </c>
+      <c r="E63" s="26" t="s">
         <v>376</v>
       </c>
-      <c r="E63" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="26" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="G63" s="26" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="H63" s="26" t="s">
         <v>317</v>
       </c>
       <c r="I63" s="26" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="J63" s="38" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="64" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A64" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B64" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C64" s="40" t="s">
         <v>76</v>
       </c>
       <c r="D64" s="21">
         <v>1357</v>
       </c>
       <c r="E64" s="40" t="s">
+        <v>710</v>
+      </c>
+      <c r="F64" s="40" t="s">
+        <v>711</v>
+      </c>
+      <c r="G64" s="40" t="s">
         <v>712</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>235</v>
       </c>
       <c r="I64" s="40" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="J64" s="38" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A65" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B65" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C65" s="26" t="s">
         <v>76</v>
       </c>
       <c r="D65" s="26">
         <v>955</v>
       </c>
       <c r="E65" s="26" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="F65" s="26" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="G65" s="26" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="H65" s="23" t="s">
         <v>235</v>
       </c>
       <c r="I65" s="26" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="J65" s="34" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="93.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B66" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C66" s="26" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="D66" s="26">
         <v>1764</v>
       </c>
       <c r="E66" s="26" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="F66" s="26" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G66" s="26" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="H66" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I66" s="26" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="J66" s="34" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="67" spans="1:10" ht="93.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="24" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B67" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C67" s="26" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="D67" s="26">
         <v>1765</v>
       </c>
       <c r="E67" s="26" t="s">
         <v>40</v>
       </c>
       <c r="F67" s="26" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="G67" s="26" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="H67" s="26" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="I67" s="26" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="J67" s="34" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="68" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A68" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B68" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C68" s="26" t="s">
         <v>71</v>
       </c>
       <c r="D68" s="26"/>
       <c r="E68" s="26" t="s">
+        <v>603</v>
+      </c>
+      <c r="F68" s="26" t="s">
+        <v>604</v>
+      </c>
+      <c r="G68" s="26" t="s">
         <v>605</v>
       </c>
-      <c r="F68" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H68" s="26" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="I68" s="26" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="J68" s="34" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A69" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B69" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C69" s="26" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="26"/>
       <c r="E69" s="26" t="s">
+        <v>606</v>
+      </c>
+      <c r="F69" s="26" t="s">
+        <v>607</v>
+      </c>
+      <c r="G69" s="26" t="s">
         <v>608</v>
       </c>
-      <c r="F69" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H69" s="26" t="s">
+        <v>611</v>
+      </c>
+      <c r="I69" s="26" t="s">
+        <v>612</v>
+      </c>
+      <c r="J69" s="34" t="s">
         <v>613</v>
-      </c>
-[...4 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="70" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A70" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B70" s="21" t="s">
         <v>178</v>
       </c>
       <c r="C70" s="40" t="s">
         <v>69</v>
       </c>
       <c r="D70" s="21">
         <v>3374</v>
       </c>
       <c r="E70" s="40">
         <v>43040265927</v>
       </c>
       <c r="F70" s="40" t="s">
+        <v>639</v>
+      </c>
+      <c r="G70" s="40" t="s">
+        <v>640</v>
+      </c>
+      <c r="H70" s="9" t="s">
         <v>641</v>
       </c>
-      <c r="G70" s="40" t="s">
+      <c r="I70" s="26" t="s">
         <v>642</v>
       </c>
-      <c r="H70" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J70" s="40" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
     </row>
     <row r="71" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A71" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B71" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C71" s="26" t="s">
         <v>74</v>
       </c>
       <c r="D71" s="26">
         <v>3359</v>
       </c>
       <c r="E71" s="26">
         <v>4840187278</v>
       </c>
       <c r="F71" s="26" t="s">
+        <v>643</v>
+      </c>
+      <c r="G71" s="26" t="s">
+        <v>644</v>
+      </c>
+      <c r="H71" s="26" t="s">
         <v>645</v>
       </c>
-      <c r="G71" s="26" t="s">
+      <c r="I71" s="26" t="s">
         <v>646</v>
       </c>
-      <c r="H71" s="26" t="s">
+      <c r="J71" s="38" t="s">
         <v>647</v>
-      </c>
-[...4 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="72" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A72" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B72" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C72" s="26" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="26">
         <v>3308</v>
       </c>
       <c r="E72" s="26">
         <v>7840322602</v>
       </c>
       <c r="F72" s="26" t="s">
+        <v>648</v>
+      </c>
+      <c r="G72" s="26" t="s">
+        <v>649</v>
+      </c>
+      <c r="H72" s="26" t="s">
+        <v>645</v>
+      </c>
+      <c r="I72" s="26" t="s">
         <v>650</v>
       </c>
-      <c r="G72" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H72" s="26" t="s">
+      <c r="J72" s="38" t="s">
         <v>647</v>
       </c>
-      <c r="I72" s="26" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="BGSnTFwnLHjGHYRoO1NnpcpmeeVwj3JXxJLvaIUma11IbvO7tdLj4iRW3UNPZ3P+nuC9evrtXU3Xh++qbKmMGg==" saltValue="b9N6+LXOWqE1cM7wLUFLMQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="tdXKlRGowkCEMn5jnk3TrINgeqouWb2w6BaVUSeeCIEsxUk9m3iVNao4y8bG52vzWulXgN61dqDDcaCk7JlJYw==" saltValue="Mw559bzhKD19sp15UCg67w==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
   <autoFilter ref="A2:J72" xr:uid="{F837B259-6031-4D41-9604-A84D7C1DACEC}"/>
   <mergeCells count="3">
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="H31" r:id="rId1" xr:uid="{00C1E24D-79CF-438C-A7F5-862C3E5FAB48}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
-    <customPr name="_pios_id" r:id="rId2"/>
+    <customPr name="_pios_id" r:id="rId3"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9A1F579-2ED0-4A2E-917F-A1A6A3DD90DC}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="D1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="K5" sqref="K5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.21875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.21875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="23.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="73.44140625" customWidth="1"/>
     <col min="9" max="9" width="60" bestFit="1" customWidth="1"/>
@@ -7795,813 +7810,813 @@
       <c r="C2" s="37" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="37" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="37" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="37" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="37" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="37" t="s">
         <v>132</v>
       </c>
       <c r="I2" s="37" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="56"/>
     </row>
     <row r="3" spans="1:10" s="1" customFormat="1" ht="118.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>221</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>95</v>
       </c>
       <c r="D3" s="21">
         <v>8965</v>
       </c>
       <c r="E3" s="21" t="s">
         <v>224</v>
       </c>
       <c r="F3" s="40" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="G3" s="40" t="s">
         <v>219</v>
       </c>
       <c r="H3" s="40" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="I3" s="19" t="s">
         <v>324</v>
       </c>
       <c r="J3" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="1" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A4" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B4" s="21" t="s">
         <v>221</v>
       </c>
       <c r="C4" s="21" t="s">
         <v>89</v>
       </c>
       <c r="D4" s="21">
         <v>2940</v>
       </c>
       <c r="E4" s="21" t="s">
         <v>226</v>
       </c>
       <c r="F4" s="21" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="G4" s="40" t="s">
         <v>236</v>
       </c>
       <c r="H4" s="40" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="I4" s="40" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="J4" s="38" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="1" customFormat="1" ht="156" x14ac:dyDescent="0.3">
       <c r="A5" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>221</v>
       </c>
       <c r="C5" s="21" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="D5" s="21">
         <v>1251</v>
       </c>
       <c r="E5" s="21" t="s">
         <v>227</v>
       </c>
       <c r="F5" s="21" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="G5" s="40" t="s">
         <v>238</v>
       </c>
       <c r="H5" s="40" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I5" s="40" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="1" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A6" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B6" s="21" t="s">
         <v>221</v>
       </c>
       <c r="C6" s="21" t="s">
         <v>98</v>
       </c>
       <c r="D6" s="21">
         <v>1349</v>
       </c>
       <c r="E6" s="21" t="s">
         <v>228</v>
       </c>
       <c r="F6" s="21" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="G6" s="40" t="s">
         <v>237</v>
       </c>
       <c r="H6" s="40" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I6" s="40" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A7" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B7" s="38" t="s">
         <v>221</v>
       </c>
       <c r="C7" s="38" t="s">
         <v>87</v>
       </c>
       <c r="D7" s="38" t="s">
         <v>300</v>
       </c>
       <c r="E7" s="38" t="s">
         <v>229</v>
       </c>
       <c r="F7" s="38" t="s">
+        <v>442</v>
+      </c>
+      <c r="G7" s="38" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="H7" s="38" t="s">
         <v>315</v>
       </c>
       <c r="I7" s="38" t="s">
         <v>232</v>
       </c>
       <c r="J7" s="24" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A8" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B8" s="38" t="s">
         <v>221</v>
       </c>
       <c r="C8" s="38" t="s">
         <v>95</v>
       </c>
       <c r="D8" s="38" t="s">
         <v>302</v>
       </c>
       <c r="E8" s="38" t="s">
         <v>308</v>
       </c>
       <c r="F8" s="38" t="s">
         <v>239</v>
       </c>
       <c r="G8" s="38" t="s">
         <v>240</v>
       </c>
       <c r="H8" s="38" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="I8" s="38" t="s">
         <v>289</v>
       </c>
       <c r="J8" s="24" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A9" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B9" s="38" t="s">
         <v>221</v>
       </c>
       <c r="C9" s="38" t="s">
         <v>95</v>
       </c>
       <c r="D9" s="38" t="s">
         <v>301</v>
       </c>
       <c r="E9" s="38" t="s">
         <v>309</v>
       </c>
       <c r="F9" s="38" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="G9" s="38" t="s">
         <v>241</v>
       </c>
       <c r="H9" s="38" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="I9" s="38" t="s">
         <v>289</v>
       </c>
       <c r="J9" s="24" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A10" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B10" s="38" t="s">
         <v>221</v>
       </c>
       <c r="C10" s="38" t="s">
         <v>222</v>
       </c>
       <c r="D10" s="38">
         <v>1069</v>
       </c>
       <c r="E10" s="25"/>
       <c r="F10" s="38" t="s">
         <v>223</v>
       </c>
       <c r="G10" s="25"/>
       <c r="H10" s="25"/>
       <c r="I10" s="25"/>
       <c r="J10" s="25"/>
     </row>
     <row r="11" spans="1:10" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A11" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B11" s="38" t="s">
         <v>221</v>
       </c>
       <c r="C11" s="38" t="s">
         <v>99</v>
       </c>
       <c r="D11" s="38">
         <v>1769</v>
       </c>
       <c r="E11" s="38" t="s">
         <v>230</v>
       </c>
       <c r="F11" s="38" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G11" s="38" t="s">
         <v>242</v>
       </c>
       <c r="H11" s="38" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I11" s="38" t="s">
         <v>233</v>
       </c>
       <c r="J11" s="38" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A12" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B12" s="38" t="s">
         <v>221</v>
       </c>
       <c r="C12" s="38" t="s">
         <v>99</v>
       </c>
       <c r="D12" s="38">
         <v>824</v>
       </c>
       <c r="E12" s="38" t="s">
         <v>227</v>
       </c>
       <c r="F12" s="38" t="s">
         <v>243</v>
       </c>
       <c r="G12" s="38" t="s">
         <v>233</v>
       </c>
       <c r="H12" s="25"/>
       <c r="I12" s="38" t="s">
         <v>233</v>
       </c>
       <c r="J12" s="25"/>
     </row>
     <row r="13" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A13" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B13" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C13" s="26" t="s">
         <v>81</v>
       </c>
       <c r="D13" s="45" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>82</v>
       </c>
       <c r="F13" s="26" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="G13" s="26" t="s">
         <v>321</v>
       </c>
       <c r="H13" s="38" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I13" s="25" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A14" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B14" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C14" s="26" t="s">
         <v>81</v>
       </c>
       <c r="D14" s="26" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="E14" s="26" t="s">
         <v>83</v>
       </c>
       <c r="F14" s="26" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="G14" s="26" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="H14" s="38" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="I14" s="26"/>
       <c r="J14" s="38" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A15" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B15" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C15" s="26" t="s">
         <v>84</v>
       </c>
       <c r="D15" s="26">
         <v>7439</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>85</v>
       </c>
       <c r="F15" s="26" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="G15" s="26" t="s">
         <v>319</v>
       </c>
       <c r="H15" s="38" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A16" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B16" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C16" s="26" t="s">
         <v>86</v>
       </c>
       <c r="D16" s="26">
         <v>7413</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>322</v>
       </c>
       <c r="F16" s="26" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="G16" s="26" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="H16" s="26" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="I16" s="39"/>
       <c r="J16" s="24" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A17" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B17" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C17" s="26" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="26">
         <v>899</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>88</v>
       </c>
       <c r="F17" s="26" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="G17" s="26" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="H17" s="38" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A18" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B18" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C18" s="26" t="s">
         <v>89</v>
       </c>
       <c r="D18" s="26">
         <v>889</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>90</v>
       </c>
       <c r="F18" s="26" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="G18" s="26" t="s">
         <v>218</v>
       </c>
       <c r="H18" s="26" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="I18" s="39"/>
       <c r="J18" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
       <c r="A19" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B19" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C19" s="26" t="s">
         <v>91</v>
       </c>
       <c r="D19" s="26">
         <v>838</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>92</v>
       </c>
       <c r="F19" s="26" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="G19" s="26" t="s">
         <v>320</v>
       </c>
       <c r="H19" s="26" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A20" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B20" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C20" s="26" t="s">
         <v>93</v>
       </c>
       <c r="D20" s="26">
         <v>839</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>94</v>
       </c>
       <c r="F20" s="26" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="G20" s="26" t="s">
         <v>323</v>
       </c>
       <c r="H20" s="38" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A21" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B21" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C21" s="26" t="s">
         <v>95</v>
       </c>
       <c r="D21" s="26">
         <v>588</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>96</v>
       </c>
       <c r="F21" s="26" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="G21" s="26" t="s">
         <v>219</v>
       </c>
       <c r="H21" s="38" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="I21" s="26" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A22" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B22" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C22" s="26" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="26">
         <v>1202</v>
       </c>
       <c r="E22" s="26">
         <v>80017092</v>
       </c>
       <c r="F22" s="26" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="G22" s="26" t="s">
         <v>220</v>
       </c>
       <c r="H22" s="38" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="I22" s="26" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="24" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A23" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B23" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C23" s="26" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="26">
         <v>1774</v>
       </c>
       <c r="E23" s="26"/>
       <c r="F23" s="26" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="G23" s="26" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="H23" s="38" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="I23" s="38"/>
       <c r="J23" s="24"/>
     </row>
     <row r="24" spans="1:10" ht="78" x14ac:dyDescent="0.3">
       <c r="A24" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B24" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C24" s="26" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="26">
         <v>1775</v>
       </c>
       <c r="E24" s="26">
         <v>492303025</v>
       </c>
       <c r="F24" s="26" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="G24" s="26" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="H24" s="24" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="I24" s="38"/>
       <c r="J24" s="24"/>
     </row>
     <row r="25" spans="1:10" ht="187.2" x14ac:dyDescent="0.3">
       <c r="A25" s="24" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B25" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C25" s="26" t="s">
         <v>86</v>
       </c>
       <c r="D25" s="26" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E25" s="26" t="s">
         <v>225</v>
       </c>
       <c r="F25" s="26" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="G25" s="26"/>
       <c r="H25" s="38" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="I25" s="38" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="J25" s="52" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A26" s="24" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B26" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C26" s="26" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="38">
         <v>1770</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>102</v>
       </c>
       <c r="F26" s="26" t="s">
         <v>100</v>
       </c>
       <c r="G26" s="26" t="s">
         <v>101</v>
       </c>
       <c r="H26" s="38" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I26" s="53"/>
       <c r="J26" s="38" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="u2yYxKCulHa2Q0/eHTJ2ZDS2a4lHSiS1Qppk5Nj4uAFTnc8pfTR+RNvLWVslzyEs1Nsk71+mDQ2wlaGRHjBS8g==" saltValue="AXTluC24prPRtQ0x5cOa/Q==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
   <autoFilter ref="A2:J26" xr:uid="{D9A1F579-2ED0-4A2E-917F-A1A6A3DD90DC}"/>
   <mergeCells count="3">
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H5" r:id="rId1" display="dupont-ec@estrella-apolo-consultores.com" xr:uid="{1DEE5002-8323-4B9E-8ECB-1F03CF5AEB77}"/>
     <hyperlink ref="H4" r:id="rId2" display="latam.rush@pioneer.com" xr:uid="{64B2F1C9-F7A8-4721-8B76-E7752C43C944}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId4"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D3E0C1F-3C73-48EE-A66F-9B76D0DC1893}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:J23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I38" sqref="I38"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="28.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.21875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.77734375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.44140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="36.33203125" customWidth="1"/>
     <col min="10" max="10" width="32.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="36"/>
       <c r="B1" s="36"/>
       <c r="C1" s="44"/>
       <c r="D1" s="44"/>
       <c r="E1" s="44"/>
       <c r="F1" s="60" t="s">
         <v>200</v>
       </c>
       <c r="G1" s="61"/>
       <c r="H1" s="59" t="s">
@@ -8622,700 +8637,700 @@
       <c r="C2" s="37" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="37" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="37" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="37" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="37" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="37" t="s">
         <v>132</v>
       </c>
       <c r="I2" s="37" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="56"/>
     </row>
     <row r="3" spans="1:10" s="1" customFormat="1" ht="249.6" x14ac:dyDescent="0.3">
       <c r="A3" s="24" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="40" t="s">
         <v>29</v>
       </c>
       <c r="D3" s="11">
         <v>2350</v>
       </c>
       <c r="E3" s="40" t="s">
         <v>198</v>
       </c>
       <c r="F3" s="21" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="G3" s="40" t="s">
         <v>199</v>
       </c>
       <c r="H3" s="27" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="I3" s="43" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="38" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A4" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B4" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="38" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>135</v>
       </c>
       <c r="F4" s="38" t="s">
         <v>181</v>
       </c>
       <c r="G4" s="18" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="H4" s="38" t="s">
         <v>136</v>
       </c>
       <c r="I4" s="38" t="s">
         <v>50</v>
       </c>
       <c r="J4" s="38" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A5" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="38" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>137</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>138</v>
       </c>
       <c r="F5" s="38" t="s">
         <v>182</v>
       </c>
       <c r="G5" s="18" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="H5" s="38" t="s">
         <v>136</v>
       </c>
       <c r="I5" s="38" t="s">
         <v>50</v>
       </c>
       <c r="J5" s="38" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A6" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B6" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="38" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="38" t="s">
         <v>307</v>
       </c>
       <c r="G6" s="38" t="s">
         <v>327</v>
       </c>
       <c r="H6" s="38" t="s">
         <v>136</v>
       </c>
       <c r="I6" s="38" t="s">
         <v>50</v>
       </c>
       <c r="J6" s="38" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A7" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="38" t="s">
         <v>133</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>107</v>
       </c>
       <c r="E7" s="38" t="s">
         <v>108</v>
       </c>
       <c r="F7" s="38" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="G7" s="38" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="H7" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I7" s="38" t="s">
         <v>109</v>
       </c>
       <c r="J7" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A8" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E8" s="38" t="s">
         <v>105</v>
       </c>
       <c r="F8" s="38" t="s">
         <v>139</v>
       </c>
       <c r="G8" s="38" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="H8" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I8" s="38" t="s">
         <v>106</v>
       </c>
       <c r="J8" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A9" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>110</v>
       </c>
       <c r="E9" s="38" t="s">
         <v>112</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>111</v>
       </c>
       <c r="G9" s="7"/>
       <c r="H9" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I9" s="38" t="s">
         <v>113</v>
       </c>
       <c r="J9" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A10" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>114</v>
       </c>
       <c r="E10" s="38" t="s">
         <v>116</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>115</v>
       </c>
       <c r="G10" s="7"/>
       <c r="H10" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I10" s="38" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="J10" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A11" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>117</v>
       </c>
       <c r="E11" s="38" t="s">
         <v>119</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>118</v>
       </c>
       <c r="G11" s="7"/>
       <c r="H11" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I11" s="38" t="s">
         <v>120</v>
       </c>
       <c r="J11" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A12" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E12" s="38" t="s">
         <v>123</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>122</v>
       </c>
       <c r="G12" s="7"/>
       <c r="H12" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I12" s="38" t="s">
         <v>124</v>
       </c>
       <c r="J12" s="38" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" ht="78" x14ac:dyDescent="0.3">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A13" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>125</v>
       </c>
       <c r="E13" s="38" t="s">
         <v>126</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="G13" s="7"/>
       <c r="H13" s="38" t="s">
-        <v>447</v>
+        <v>742</v>
       </c>
       <c r="I13" s="38" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="J13" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A14" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>127</v>
       </c>
       <c r="E14" s="7"/>
       <c r="F14" s="6" t="s">
         <v>128</v>
       </c>
       <c r="G14" s="25"/>
       <c r="H14" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I14" s="38" t="s">
         <v>129</v>
       </c>
       <c r="J14" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A15" s="24" t="s">
         <v>337</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="38" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>130</v>
       </c>
       <c r="E15" s="7"/>
       <c r="F15" s="6" t="s">
         <v>131</v>
       </c>
       <c r="G15" s="25"/>
       <c r="H15" s="38" t="s">
         <v>103</v>
       </c>
       <c r="I15" s="38" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="38" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="249.6" x14ac:dyDescent="0.3">
       <c r="A16" s="24" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B16" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="26" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>341</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>28</v>
       </c>
       <c r="F16" s="26" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="G16" s="26" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="H16" s="27" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="I16" s="43" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="38" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="249.6" x14ac:dyDescent="0.3">
       <c r="A17" s="24" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B17" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="26" t="s">
         <v>29</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>340</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>30</v>
       </c>
       <c r="F17" s="26" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="G17" s="26" t="s">
         <v>79</v>
       </c>
       <c r="H17" s="43" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="I17" s="43" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="38" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="249.6" x14ac:dyDescent="0.3">
       <c r="A18" s="24" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B18" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="26" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>339</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="26" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="26" t="s">
         <v>79</v>
       </c>
       <c r="H18" s="43" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="I18" s="43" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="J18" s="38" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A19" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B19" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="26" t="s">
+        <v>614</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>615</v>
+      </c>
+      <c r="E19" s="26" t="s">
         <v>616</v>
       </c>
-      <c r="D19" s="26" t="s">
+      <c r="F19" s="26" t="s">
         <v>617</v>
       </c>
-      <c r="E19" s="26" t="s">
+      <c r="G19" s="26" t="s">
+        <v>679</v>
+      </c>
+      <c r="H19" s="27" t="s">
         <v>618</v>
       </c>
-      <c r="F19" s="26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I19" s="26" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="J19" s="38" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A20" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B20" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="26" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="D20" s="26" t="s">
+        <v>619</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>620</v>
+      </c>
+      <c r="F20" s="26" t="s">
         <v>621</v>
       </c>
-      <c r="E20" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="26" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="H20" s="27" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="I20" s="26" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="J20" s="38" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A21" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B21" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="26" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="D21" s="26" t="s">
+        <v>622</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>623</v>
+      </c>
+      <c r="F21" s="26" t="s">
         <v>624</v>
       </c>
-      <c r="E21" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G21" s="26" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="H21" s="27" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="I21" s="26" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="J21" s="38" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A22" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B22" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="26" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="D22" s="26" t="s">
+        <v>625</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>626</v>
+      </c>
+      <c r="F22" s="26" t="s">
         <v>627</v>
       </c>
-      <c r="E22" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" s="26" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="H22" s="27" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="I22" s="26" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="J22" s="38" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A23" s="24" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B23" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="26" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="D23" s="26" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="E23" s="26"/>
       <c r="F23" s="26" t="s">
+        <v>630</v>
+      </c>
+      <c r="G23" s="26" t="s">
+        <v>631</v>
+      </c>
+      <c r="H23" s="27" t="s">
         <v>632</v>
-      </c>
-[...4 lines deleted...]
-        <v>634</v>
       </c>
       <c r="I23" s="27" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="38" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="BWmgLtpTmJ54WTlKn5lI604O/eCVhn0m7/YIn59AP7TpVjIQ/BJuY9dUK0jHWKnxrRd1yw/g+sgweUq79G8mOA==" saltValue="Wp5kNNrVK054MZxFsoE8xA==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="A042NFieb/SXiFRrcu8A7dMfYAtaSKT2lyW+3mM/M+qe3EE5xZvGaXMAZ5MKc4t8kg4tTsw22OWhNahC/3eTjg==" saltValue="lR1CnR8hwieTewIOSARk4Q==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
   <autoFilter ref="A2:J23" xr:uid="{1D3E0C1F-3C73-48EE-A66F-9B76D0DC1893}"/>
   <mergeCells count="3">
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H19" r:id="rId1" xr:uid="{14651B7E-6572-40C3-9FA6-3CFBB4825253}"/>
     <hyperlink ref="H20:H22" r:id="rId2" display="Accountspayable@stollerusa.com" xr:uid="{BC4FC91B-4E27-4DEE-9F7D-65977C99FBC8}"/>
     <hyperlink ref="J19" r:id="rId3" xr:uid="{ECFC2E21-76E0-49B5-B504-70A2C274B62D}"/>
     <hyperlink ref="J20:J22" r:id="rId4" display="Accountspayable@stollerusa.com" xr:uid="{A6FB40F3-D2D2-4FE4-BF97-829DAFB6C0A4}"/>
     <hyperlink ref="H23" r:id="rId5" xr:uid="{ECF9571D-0DA7-469E-9AA0-55124C11E52E}"/>
     <hyperlink ref="J21:J23" r:id="rId6" display="Accountspayable@stollerusa.com" xr:uid="{01A4796C-D768-4424-B1AE-35BE1EF4E1CB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId7"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId8"/>
   </customProperties>
 </worksheet>
 </file>
 
@@ -9372,68 +9387,68 @@
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MigrationWizIdPermissionLevels xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
     <MigrationWizIdPermissions xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
     <MigrationWizIdDocumentLibraryPermissions xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
     <MigrationWizIdSecurityGroups xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
     <MigrationWizId xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008E106B0EC443E045AB16A4DC65B96624" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f08b28cb943524ddd219c3fbcb43718">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xmlns:ns4="42ed4e84-a209-4a37-83eb-cbd11675b2db" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="124ffce645e17dabadd3a293a78119ce" ns3:_="" ns4:_="">
     <xsd:import namespace="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2"/>
     <xsd:import namespace="42ed4e84-a209-4a37-83eb-cbd11675b2db"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MigrationWizId" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdPermissions" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdPermissionLevels" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdDocumentLibraryPermissions" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdSecurityGroups" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
@@ -9640,70 +9655,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0848C516-8C99-4AAA-BA12-16F5C33E8D86}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AECB485-EA5F-4233-8E8B-910D75848485}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42ed4e84-a209-4a37-83eb-cbd11675b2db"/>
     <ds:schemaRef ds:uri="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0848C516-8C99-4AAA-BA12-16F5C33E8D86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6058E4C1-D238-4C55-BA15-7297CA2DE045}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2"/>
     <ds:schemaRef ds:uri="42ed4e84-a209-4a37-83eb-cbd11675b2db"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">