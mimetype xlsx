--- v1 (2025-10-30)
+++ v2 (2026-02-04)
@@ -15,95 +15,95 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty5.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty6.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty7.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr showObjects="none" codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://agcompany-my.sharepoint.com/personal/swandana_modey_corteva_com/Documents/3. Payables Projects/Supplier letter/final files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="554" documentId="8_{F2D0A77D-6E99-4665-85B9-09962C76E2F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2A4D9523-C83B-4657-AB11-5CD3A8C81F36}"/>
+  <xr:revisionPtr revIDLastSave="583" documentId="8_{F2D0A77D-6E99-4665-85B9-09962C76E2F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{45B45CF7-974A-4037-AC7A-56321E3A23B3}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="928" xr2:uid="{1DA487BE-471A-43ED-A3D5-0FC7F90A934A}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="11" r:id="rId1"/>
     <sheet name="APAC" sheetId="9" r:id="rId2"/>
     <sheet name="EMEA" sheetId="8" r:id="rId3"/>
     <sheet name="LATAM" sheetId="7" r:id="rId4"/>
     <sheet name="NA" sheetId="6" r:id="rId5"/>
     <sheet name="Note to ONIT Vendors" sheetId="12" r:id="rId6"/>
     <sheet name="Version number" sheetId="10" state="hidden" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">APAC!$A$2:$K$36</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">EMEA!$A$2:$J$72</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">EMEA!$A$2:$J$73</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">LATAM!$A$2:$J$26</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">NA!$A$2:$J$23</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1430" uniqueCount="745">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1437" uniqueCount="750">
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Company Code</t>
   </si>
   <si>
     <t>Company name</t>
   </si>
   <si>
     <t>Company Address</t>
   </si>
   <si>
     <t>Paper invoices</t>
   </si>
   <si>
     <t>VAT #</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -3319,51 +3319,68 @@
 Warszawa
 NIP: 5213866217</t>
   </si>
   <si>
     <t>Country: Bulgaria
 City: Sofia
 Business Park Mladost 4
 Build.1A, fl.1-2
 pin - 1766</t>
   </si>
   <si>
     <t>Attn: Heba El Attar
 Mivida, Business Park, Building B3
 2nd Floor, Unit 3
 11835 New Cairo
 Egypt</t>
   </si>
   <si>
     <t xml:space="preserve">Email a pdf copy of the invoice to the NuTech contact who placed the order / email a pdf invoice to accountspayables@nutechseed.com
 Invoices for other companies to be sent to approc@pioneer.com </t>
   </si>
   <si>
     <t>saniye.ates@corteva.com</t>
   </si>
   <si>
-    <t>10th October 2025</t>
+    <t>9th January 2026</t>
+  </si>
+  <si>
+    <t>Corteva Agriscience
+1000 N. West Street
+Wilmington, Delaware 19801</t>
+  </si>
+  <si>
+    <t>SK2122561342</t>
+  </si>
+  <si>
+    <t>Corteva Crop Slovakia s.r.o,</t>
+  </si>
+  <si>
+    <t>DIC 2122561342, 821 09 Bratislava</t>
+  </si>
+  <si>
+    <t>Bang, Nguyen Thi Xuan nguyen.x.bang@corteva.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -3571,88 +3588,85 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -4099,5281 +4113,5309 @@
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACF4F0BF-C182-4138-BE61-544E47246FA5}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:S19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="S2" sqref="S2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.77734375" customWidth="1"/>
     <col min="18" max="18" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="26.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" s="30" customFormat="1" ht="25.8" x14ac:dyDescent="0.5">
-      <c r="A1" s="33" t="s">
+    <row r="1" spans="1:19" s="29" customFormat="1" ht="25.8" x14ac:dyDescent="0.5">
+      <c r="A1" s="32" t="s">
         <v>345</v>
       </c>
-      <c r="R1" s="33" t="s">
+      <c r="R1" s="32" t="s">
         <v>353</v>
       </c>
-      <c r="S1" s="31" t="s">
+      <c r="S1" s="30" t="s">
         <v>744</v>
       </c>
     </row>
-    <row r="2" spans="1:19" s="30" customFormat="1" ht="23.4" x14ac:dyDescent="0.45">
-      <c r="S2" s="31"/>
+    <row r="2" spans="1:19" s="29" customFormat="1" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="S2" s="30"/>
     </row>
     <row r="3" spans="1:19" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.35">
-      <c r="A3" s="32" t="s">
+      <c r="A3" s="31" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="4" spans="1:19" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.35">
-      <c r="A4" s="42" t="s">
+      <c r="A4" s="41" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.3">
-      <c r="A5" s="41"/>
+      <c r="A5" s="40"/>
     </row>
     <row r="6" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>656</v>
       </c>
     </row>
-    <row r="9" spans="1:19" s="28" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A9" s="28" t="s">
+    <row r="9" spans="1:19" s="27" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A9" s="27" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="12" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="13" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A13" s="28" t="s">
+      <c r="A13" s="27" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="15" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:19" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="17" spans="1:2" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="18" spans="1:2" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="19" spans="1:2" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="zjYMjIn/4ZaA/o1v7L0HHQKKKzfLUnOo4neED4ZX1eAtkqU/Bx5QPz9shc2bPgJ9JDC7D4QgCaZZ9CEBcNW78g==" saltValue="nJZOskBdSS8Kb5kQrMvC0w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="SrmDe8dUeNmPBu0OU9IXLR8bmLEoj4MEOpkZGT9gRX6QUAJPwH8Yugx/u2wNDQQtO8m3+QcUHmns7U+/YEvvBg==" saltValue="GMv1cQe8rPsboJnadk2WNA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED279F46-A53B-4116-B0C4-B4AB1DD931B1}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:K36"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="J9" sqref="J9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="21.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.21875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.44140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="23.44140625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="35.5546875" style="35" customWidth="1"/>
+    <col min="8" max="8" width="35.5546875" style="34" customWidth="1"/>
     <col min="9" max="9" width="26.77734375" customWidth="1"/>
-    <col min="10" max="10" width="37.88671875" style="35" customWidth="1"/>
+    <col min="10" max="10" width="37.88671875" style="34" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="36"/>
-[...4 lines deleted...]
-      <c r="F1" s="56" t="s">
+      <c r="A1" s="35"/>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="55" t="s">
         <v>200</v>
       </c>
-      <c r="G1" s="57"/>
-      <c r="H1" s="57" t="s">
+      <c r="G1" s="56"/>
+      <c r="H1" s="56" t="s">
         <v>33</v>
       </c>
-      <c r="I1" s="57"/>
-      <c r="J1" s="56" t="s">
+      <c r="I1" s="56"/>
+      <c r="J1" s="55" t="s">
         <v>32</v>
       </c>
-      <c r="K1" s="56" t="s">
+      <c r="K1" s="55" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="2" spans="1:11" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="47" t="s">
+      <c r="A2" s="46" t="s">
         <v>336</v>
       </c>
-      <c r="B2" s="47" t="s">
+      <c r="B2" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="47" t="s">
+      <c r="C2" s="46" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="47" t="s">
+      <c r="D2" s="46" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="47" t="s">
+      <c r="E2" s="46" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="47" t="s">
+      <c r="F2" s="46" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="47" t="s">
+      <c r="G2" s="46" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="47" t="s">
+      <c r="H2" s="46" t="s">
         <v>132</v>
       </c>
-      <c r="I2" s="47" t="s">
+      <c r="I2" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="J2" s="56"/>
-      <c r="K2" s="56"/>
+      <c r="J2" s="55"/>
+      <c r="K2" s="55"/>
     </row>
     <row r="3" spans="1:11" s="1" customFormat="1" ht="249.6" x14ac:dyDescent="0.3">
-      <c r="A3" s="24" t="s">
+      <c r="A3" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B3" s="21" t="s">
+      <c r="B3" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C3" s="21" t="s">
+      <c r="C3" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="D3" s="21">
+      <c r="D3" s="20">
         <v>1319</v>
       </c>
-      <c r="E3" s="40" t="s">
+      <c r="E3" s="39" t="s">
         <v>248</v>
       </c>
-      <c r="F3" s="40" t="s">
+      <c r="F3" s="39" t="s">
         <v>391</v>
       </c>
-      <c r="G3" s="40" t="s">
+      <c r="G3" s="39" t="s">
         <v>306</v>
       </c>
-      <c r="H3" s="20" t="s">
+      <c r="H3" s="19" t="s">
         <v>666</v>
       </c>
-      <c r="I3" s="40" t="s">
+      <c r="I3" s="39" t="s">
         <v>398</v>
       </c>
-      <c r="J3" s="40" t="s">
+      <c r="J3" s="39" t="s">
         <v>703</v>
       </c>
-      <c r="K3" s="24"/>
+      <c r="K3" s="23"/>
     </row>
     <row r="4" spans="1:11" s="1" customFormat="1" ht="202.8" x14ac:dyDescent="0.3">
-      <c r="A4" s="24" t="s">
+      <c r="A4" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B4" s="40" t="s">
+      <c r="B4" s="39" t="s">
         <v>244</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="C4" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="D4" s="21" t="s">
+      <c r="D4" s="20" t="s">
         <v>247</v>
       </c>
-      <c r="E4" s="40" t="s">
+      <c r="E4" s="39" t="s">
         <v>665</v>
       </c>
-      <c r="F4" s="40" t="s">
+      <c r="F4" s="39" t="s">
         <v>424</v>
       </c>
-      <c r="G4" s="40" t="s">
+      <c r="G4" s="39" t="s">
         <v>702</v>
       </c>
-      <c r="H4" s="20" t="s">
+      <c r="H4" s="19" t="s">
         <v>666</v>
       </c>
-      <c r="I4" s="40" t="s">
+      <c r="I4" s="39" t="s">
         <v>445</v>
       </c>
-      <c r="J4" s="40" t="s">
+      <c r="J4" s="39" t="s">
         <v>703</v>
       </c>
-      <c r="K4" s="24"/>
+      <c r="K4" s="23"/>
     </row>
     <row r="5" spans="1:11" s="1" customFormat="1" ht="234" x14ac:dyDescent="0.3">
-      <c r="A5" s="24" t="s">
+      <c r="A5" s="23" t="s">
         <v>507</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>244</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="9">
         <v>8556</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>266</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>429</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>430</v>
       </c>
-      <c r="H5" s="38" t="s">
+      <c r="H5" s="37" t="s">
         <v>637</v>
       </c>
       <c r="I5" s="9" t="s">
         <v>463</v>
       </c>
-      <c r="J5" s="38" t="s">
+      <c r="J5" s="37" t="s">
         <v>637</v>
       </c>
-      <c r="K5" s="24"/>
+      <c r="K5" s="23"/>
     </row>
     <row r="6" spans="1:11" s="1" customFormat="1" ht="234" x14ac:dyDescent="0.3">
-      <c r="A6" s="24" t="s">
+      <c r="A6" s="23" t="s">
         <v>507</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>244</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9">
         <v>8556</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>305</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>431</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>432</v>
       </c>
-      <c r="H6" s="38" t="s">
+      <c r="H6" s="37" t="s">
         <v>637</v>
       </c>
       <c r="I6" s="9" t="s">
         <v>464</v>
       </c>
-      <c r="J6" s="38" t="s">
+      <c r="J6" s="37" t="s">
         <v>637</v>
       </c>
-      <c r="K6" s="24"/>
+      <c r="K6" s="23"/>
     </row>
     <row r="7" spans="1:11" s="1" customFormat="1" ht="171.6" x14ac:dyDescent="0.3">
-      <c r="A7" s="24" t="s">
+      <c r="A7" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B7" s="21" t="s">
+      <c r="B7" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C7" s="40" t="s">
+      <c r="C7" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="D7" s="40">
+      <c r="D7" s="39">
         <v>3945</v>
       </c>
-      <c r="E7" s="16" t="s">
+      <c r="E7" s="15" t="s">
         <v>732</v>
       </c>
-      <c r="F7" s="40" t="s">
+      <c r="F7" s="39" t="s">
         <v>565</v>
       </c>
-      <c r="G7" s="40" t="s">
+      <c r="G7" s="39" t="s">
         <v>676</v>
       </c>
-      <c r="H7" s="38" t="s">
+      <c r="H7" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I7" s="40" t="s">
+      <c r="I7" s="39" t="s">
         <v>677</v>
       </c>
-      <c r="J7" s="26" t="s">
+      <c r="J7" s="25" t="s">
         <v>701</v>
       </c>
-      <c r="K7" s="24"/>
+      <c r="K7" s="23"/>
     </row>
     <row r="8" spans="1:11" s="1" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A8" s="24" t="s">
+      <c r="A8" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B8" s="21" t="s">
+      <c r="B8" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C8" s="40" t="s">
+      <c r="C8" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="D8" s="40">
+      <c r="D8" s="39">
         <v>4860</v>
       </c>
-      <c r="E8" s="40" t="s">
+      <c r="E8" s="39" t="s">
         <v>267</v>
       </c>
-      <c r="F8" s="40" t="s">
+      <c r="F8" s="39" t="s">
         <v>491</v>
       </c>
-      <c r="G8" s="40" t="s">
+      <c r="G8" s="39" t="s">
         <v>691</v>
       </c>
-      <c r="H8" s="38" t="s">
+      <c r="H8" s="37" t="s">
         <v>692</v>
       </c>
-      <c r="I8" s="40" t="s">
+      <c r="I8" s="39" t="s">
         <v>268</v>
       </c>
-      <c r="J8" s="38" t="s">
+      <c r="J8" s="37" t="s">
         <v>693</v>
       </c>
-      <c r="K8" s="24"/>
+      <c r="K8" s="23"/>
     </row>
     <row r="9" spans="1:11" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.3">
-      <c r="A9" s="24" t="s">
+      <c r="A9" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B9" s="21" t="s">
+      <c r="B9" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C9" s="40" t="s">
+      <c r="C9" s="39" t="s">
         <v>24</v>
       </c>
-      <c r="D9" s="40" t="s">
+      <c r="D9" s="39" t="s">
         <v>265</v>
       </c>
-      <c r="E9" s="40">
+      <c r="E9" s="39">
         <v>3700255425</v>
       </c>
-      <c r="F9" s="40" t="s">
+      <c r="F9" s="39" t="s">
         <v>462</v>
       </c>
-      <c r="G9" s="40" t="s">
+      <c r="G9" s="39" t="s">
         <v>698</v>
       </c>
-      <c r="H9" s="20" t="s">
+      <c r="H9" s="19" t="s">
         <v>697</v>
       </c>
-      <c r="I9" s="40" t="s">
+      <c r="I9" s="39" t="s">
         <v>268</v>
       </c>
-      <c r="J9" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="24"/>
+      <c r="J9" s="37" t="s">
+        <v>749</v>
+      </c>
+      <c r="K9" s="23"/>
     </row>
     <row r="10" spans="1:11" s="1" customFormat="1" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A10" s="24" t="s">
+      <c r="A10" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B10" s="21" t="s">
+      <c r="B10" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C10" s="21" t="s">
+      <c r="C10" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="D10" s="14">
+      <c r="D10" s="13">
         <v>8594</v>
       </c>
-      <c r="E10" s="40" t="s">
+      <c r="E10" s="39" t="s">
         <v>291</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>394</v>
       </c>
-      <c r="G10" s="40" t="s">
+      <c r="G10" s="39" t="s">
         <v>290</v>
       </c>
-      <c r="H10" s="20" t="s">
+      <c r="H10" s="19" t="s">
         <v>688</v>
       </c>
-      <c r="I10" s="40" t="s">
+      <c r="I10" s="39" t="s">
         <v>399</v>
       </c>
-      <c r="J10" s="46" t="s">
+      <c r="J10" s="45" t="s">
         <v>637</v>
       </c>
-      <c r="K10" s="24"/>
+      <c r="K10" s="23"/>
     </row>
     <row r="11" spans="1:11" s="1" customFormat="1" ht="124.8" x14ac:dyDescent="0.3">
-      <c r="A11" s="24" t="s">
+      <c r="A11" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B11" s="21" t="s">
+      <c r="B11" s="20" t="s">
         <v>244</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>292</v>
       </c>
-      <c r="D11" s="21">
+      <c r="D11" s="20">
         <v>1672</v>
       </c>
-      <c r="E11" s="21" t="s">
+      <c r="E11" s="20" t="s">
         <v>293</v>
       </c>
-      <c r="F11" s="21" t="s">
+      <c r="F11" s="20" t="s">
         <v>406</v>
       </c>
-      <c r="G11" s="40" t="s">
+      <c r="G11" s="39" t="s">
         <v>694</v>
       </c>
-      <c r="H11" s="20" t="s">
+      <c r="H11" s="19" t="s">
         <v>700</v>
       </c>
       <c r="I11" s="9" t="s">
         <v>268</v>
       </c>
-      <c r="J11" s="38" t="s">
+      <c r="J11" s="37" t="s">
         <v>695</v>
       </c>
-      <c r="K11" s="24"/>
+      <c r="K11" s="23"/>
     </row>
     <row r="12" spans="1:11" s="1" customFormat="1" ht="156" x14ac:dyDescent="0.3">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B12" s="21" t="s">
+      <c r="B12" s="20" t="s">
         <v>244</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="D12" s="14" t="s">
+      <c r="D12" s="13" t="s">
         <v>295</v>
       </c>
-      <c r="E12" s="48" t="s">
+      <c r="E12" s="47" t="s">
         <v>296</v>
       </c>
-      <c r="F12" s="21" t="s">
+      <c r="F12" s="20" t="s">
         <v>450</v>
       </c>
-      <c r="G12" s="40" t="s">
+      <c r="G12" s="39" t="s">
         <v>533</v>
       </c>
-      <c r="H12" s="35" t="s">
+      <c r="H12" s="34" t="s">
         <v>658</v>
       </c>
-      <c r="I12" s="17" t="s">
+      <c r="I12" s="16" t="s">
         <v>451</v>
       </c>
-      <c r="J12" s="38" t="s">
+      <c r="J12" s="37" t="s">
         <v>701</v>
       </c>
-      <c r="K12" s="24"/>
+      <c r="K12" s="23"/>
     </row>
     <row r="13" spans="1:11" s="1" customFormat="1" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A13" s="24" t="s">
+      <c r="A13" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B13" s="21" t="s">
+      <c r="B13" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C13" s="21" t="s">
+      <c r="C13" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="D13" s="15">
+      <c r="D13" s="14">
         <v>8552</v>
       </c>
-      <c r="E13" s="16" t="s">
+      <c r="E13" s="15" t="s">
         <v>678</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>395</v>
       </c>
-      <c r="G13" s="40" t="s">
+      <c r="G13" s="39" t="s">
         <v>297</v>
       </c>
-      <c r="H13" s="20" t="s">
+      <c r="H13" s="19" t="s">
         <v>689</v>
       </c>
       <c r="I13" s="9" t="s">
         <v>397</v>
       </c>
-      <c r="J13" s="38" t="s">
+      <c r="J13" s="37" t="s">
         <v>637</v>
       </c>
-      <c r="K13" s="24"/>
-[...2 lines deleted...]
-      <c r="A14" s="24" t="s">
+      <c r="K13" s="23"/>
+    </row>
+    <row r="14" spans="1:11" s="48" customFormat="1" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B14" s="21" t="s">
+      <c r="B14" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C14" s="21" t="s">
+      <c r="C14" s="20" t="s">
         <v>298</v>
       </c>
-      <c r="D14" s="21">
+      <c r="D14" s="20">
         <v>1600</v>
       </c>
-      <c r="E14" s="40">
+      <c r="E14" s="39">
         <v>111260494</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>384</v>
       </c>
-      <c r="G14" s="40" t="s">
+      <c r="G14" s="39" t="s">
         <v>438</v>
       </c>
-      <c r="H14" s="20" t="s">
+      <c r="H14" s="19" t="s">
         <v>700</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>268</v>
       </c>
-      <c r="J14" s="38" t="s">
+      <c r="J14" s="37" t="s">
         <v>693</v>
       </c>
-      <c r="K14" s="24"/>
+      <c r="K14" s="23"/>
     </row>
     <row r="15" spans="1:11" s="1" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A15" s="24" t="s">
+      <c r="A15" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B15" s="21" t="s">
+      <c r="B15" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="C15" s="21" t="s">
+      <c r="C15" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="D15" s="21">
+      <c r="D15" s="20">
         <v>3874</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>299</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>497</v>
       </c>
-      <c r="G15" s="40" t="s">
+      <c r="G15" s="39" t="s">
         <v>502</v>
       </c>
-      <c r="H15" s="38" t="s">
+      <c r="H15" s="37" t="s">
         <v>658</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>312</v>
       </c>
-      <c r="J15" s="26" t="s">
+      <c r="J15" s="25" t="s">
         <v>701</v>
       </c>
-      <c r="K15" s="24"/>
+      <c r="K15" s="23"/>
     </row>
     <row r="16" spans="1:11" ht="374.4" x14ac:dyDescent="0.3">
-      <c r="A16" s="24" t="s">
+      <c r="A16" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B16" s="38" t="s">
+      <c r="B16" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C16" s="38" t="s">
+      <c r="C16" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="D16" s="38" t="s">
+      <c r="D16" s="37" t="s">
         <v>536</v>
       </c>
-      <c r="E16" s="38" t="s">
+      <c r="E16" s="37" t="s">
         <v>245</v>
       </c>
-      <c r="F16" s="38" t="s">
+      <c r="F16" s="37" t="s">
         <v>392</v>
       </c>
-      <c r="G16" s="38" t="s">
+      <c r="G16" s="37" t="s">
         <v>304</v>
       </c>
-      <c r="H16" s="26" t="s">
+      <c r="H16" s="25" t="s">
         <v>675</v>
       </c>
-      <c r="I16" s="38" t="s">
+      <c r="I16" s="37" t="s">
         <v>400</v>
       </c>
-      <c r="J16" s="26" t="s">
+      <c r="J16" s="25" t="s">
         <v>454</v>
       </c>
-      <c r="K16" s="46"/>
+      <c r="K16" s="45"/>
     </row>
     <row r="17" spans="1:11" ht="374.4" x14ac:dyDescent="0.3">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B17" s="38" t="s">
+      <c r="B17" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C17" s="38" t="s">
+      <c r="C17" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="D17" s="38" t="s">
+      <c r="D17" s="37" t="s">
         <v>537</v>
       </c>
-      <c r="E17" s="38" t="s">
+      <c r="E17" s="37" t="s">
         <v>538</v>
       </c>
-      <c r="F17" s="38" t="s">
+      <c r="F17" s="37" t="s">
         <v>246</v>
       </c>
-      <c r="G17" s="23" t="s">
+      <c r="G17" s="22" t="s">
         <v>303</v>
       </c>
-      <c r="H17" s="26" t="s">
+      <c r="H17" s="25" t="s">
         <v>675</v>
       </c>
-      <c r="I17" s="38" t="s">
+      <c r="I17" s="37" t="s">
         <v>313</v>
       </c>
-      <c r="J17" s="26" t="s">
+      <c r="J17" s="25" t="s">
         <v>454</v>
       </c>
-      <c r="K17" s="46"/>
+      <c r="K17" s="45"/>
     </row>
     <row r="18" spans="1:11" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A18" s="24" t="s">
+      <c r="A18" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B18" s="38" t="s">
+      <c r="B18" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C18" s="38" t="s">
+      <c r="C18" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="D18" s="38">
+      <c r="D18" s="37">
         <v>1275</v>
       </c>
-      <c r="E18" s="38" t="s">
+      <c r="E18" s="37" t="s">
         <v>249</v>
       </c>
-      <c r="F18" s="38" t="s">
+      <c r="F18" s="37" t="s">
         <v>256</v>
       </c>
-      <c r="G18" s="38" t="s">
+      <c r="G18" s="37" t="s">
         <v>257</v>
       </c>
-      <c r="H18" s="25" t="s">
+      <c r="H18" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="I18" s="25" t="s">
+      <c r="I18" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="J18" s="25" t="s">
+      <c r="J18" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="K18" s="46"/>
+      <c r="K18" s="45"/>
     </row>
     <row r="19" spans="1:11" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A19" s="24" t="s">
+      <c r="A19" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B19" s="38" t="s">
+      <c r="B19" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C19" s="38" t="s">
+      <c r="C19" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="D19" s="38">
+      <c r="D19" s="37">
         <v>1068</v>
       </c>
-      <c r="E19" s="38" t="s">
+      <c r="E19" s="37" t="s">
         <v>250</v>
       </c>
-      <c r="F19" s="38" t="s">
+      <c r="F19" s="37" t="s">
         <v>258</v>
       </c>
-      <c r="G19" s="38" t="s">
+      <c r="G19" s="37" t="s">
         <v>259</v>
       </c>
-      <c r="H19" s="25" t="s">
+      <c r="H19" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="I19" s="25" t="s">
+      <c r="I19" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="J19" s="25" t="s">
+      <c r="J19" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="K19" s="46"/>
+      <c r="K19" s="45"/>
     </row>
     <row r="20" spans="1:11" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A20" s="24" t="s">
+      <c r="A20" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B20" s="38" t="s">
+      <c r="B20" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C20" s="38" t="s">
+      <c r="C20" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="D20" s="38">
+      <c r="D20" s="37">
         <v>806</v>
       </c>
-      <c r="E20" s="38" t="s">
+      <c r="E20" s="37" t="s">
         <v>251</v>
       </c>
-      <c r="F20" s="38" t="s">
+      <c r="F20" s="37" t="s">
         <v>260</v>
       </c>
-      <c r="G20" s="38" t="s">
+      <c r="G20" s="37" t="s">
         <v>261</v>
       </c>
-      <c r="H20" s="25" t="s">
+      <c r="H20" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="I20" s="25" t="s">
+      <c r="I20" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="J20" s="25" t="s">
+      <c r="J20" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="K20" s="46"/>
+      <c r="K20" s="45"/>
     </row>
     <row r="21" spans="1:11" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A21" s="24" t="s">
+      <c r="A21" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B21" s="38" t="s">
+      <c r="B21" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C21" s="38" t="s">
+      <c r="C21" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="D21" s="38">
+      <c r="D21" s="37">
         <v>841</v>
       </c>
-      <c r="E21" s="38" t="s">
+      <c r="E21" s="37" t="s">
         <v>252</v>
       </c>
-      <c r="F21" s="38" t="s">
+      <c r="F21" s="37" t="s">
         <v>420</v>
       </c>
-      <c r="G21" s="38" t="s">
+      <c r="G21" s="37" t="s">
         <v>310</v>
       </c>
-      <c r="H21" s="38" t="s">
+      <c r="H21" s="37" t="s">
         <v>311</v>
       </c>
-      <c r="I21" s="38" t="s">
+      <c r="I21" s="37" t="s">
         <v>311</v>
       </c>
-      <c r="J21" s="26" t="s">
+      <c r="J21" s="25" t="s">
         <v>311</v>
       </c>
-      <c r="K21" s="46"/>
+      <c r="K21" s="45"/>
     </row>
     <row r="22" spans="1:11" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A22" s="24" t="s">
+      <c r="A22" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B22" s="38" t="s">
+      <c r="B22" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C22" s="38" t="s">
+      <c r="C22" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="D22" s="38">
+      <c r="D22" s="37">
         <v>846</v>
       </c>
-      <c r="E22" s="38" t="s">
+      <c r="E22" s="37" t="s">
         <v>253</v>
       </c>
-      <c r="F22" s="38" t="s">
+      <c r="F22" s="37" t="s">
         <v>262</v>
       </c>
-      <c r="G22" s="38" t="s">
+      <c r="G22" s="37" t="s">
         <v>691</v>
       </c>
-      <c r="H22" s="25" t="s">
+      <c r="H22" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="I22" s="25" t="s">
+      <c r="I22" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="J22" s="38" t="s">
+      <c r="J22" s="37" t="s">
         <v>696</v>
       </c>
-      <c r="K22" s="46"/>
+      <c r="K22" s="45"/>
     </row>
     <row r="23" spans="1:11" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A23" s="24" t="s">
+      <c r="A23" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B23" s="38" t="s">
+      <c r="B23" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C23" s="38" t="s">
+      <c r="C23" s="37" t="s">
         <v>24</v>
       </c>
-      <c r="D23" s="38">
+      <c r="D23" s="37">
         <v>1307</v>
       </c>
-      <c r="E23" s="38" t="s">
+      <c r="E23" s="37" t="s">
         <v>254</v>
       </c>
-      <c r="F23" s="38" t="s">
+      <c r="F23" s="37" t="s">
         <v>263</v>
       </c>
-      <c r="G23" s="38" t="s">
+      <c r="G23" s="37" t="s">
         <v>264</v>
       </c>
-      <c r="H23" s="25" t="s">
+      <c r="H23" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="I23" s="38" t="s">
+      <c r="I23" s="37" t="s">
         <v>255</v>
       </c>
-      <c r="J23" s="25" t="s">
+      <c r="J23" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="K23" s="46"/>
+      <c r="K23" s="45"/>
     </row>
     <row r="24" spans="1:11" ht="140.4" x14ac:dyDescent="0.3">
-      <c r="A24" s="24" t="s">
+      <c r="A24" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B24" s="24" t="s">
+      <c r="B24" s="23" t="s">
         <v>244</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D24" s="24">
+      <c r="D24" s="23">
         <v>811</v>
       </c>
-      <c r="E24" s="24" t="s">
+      <c r="E24" s="23" t="s">
         <v>294</v>
       </c>
-      <c r="F24" s="24" t="s">
+      <c r="F24" s="23" t="s">
         <v>393</v>
       </c>
-      <c r="G24" s="38" t="s">
+      <c r="G24" s="37" t="s">
         <v>533</v>
       </c>
-      <c r="H24" s="25" t="s">
+      <c r="H24" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="I24" s="38" t="s">
+      <c r="I24" s="37" t="s">
         <v>533</v>
       </c>
-      <c r="J24" s="26" t="s">
+      <c r="J24" s="25" t="s">
         <v>534</v>
       </c>
-      <c r="K24" s="46"/>
+      <c r="K24" s="45"/>
     </row>
     <row r="25" spans="1:11" ht="78" x14ac:dyDescent="0.3">
-      <c r="A25" s="24" t="s">
+      <c r="A25" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B25" s="38" t="s">
+      <c r="B25" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C25" s="26" t="s">
+      <c r="C25" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="D25" s="26">
+      <c r="D25" s="25">
         <v>209</v>
       </c>
-      <c r="E25" s="26" t="s">
+      <c r="E25" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="F25" s="26" t="s">
+      <c r="F25" s="25" t="s">
         <v>425</v>
       </c>
-      <c r="G25" s="40" t="s">
+      <c r="G25" s="39" t="s">
         <v>733</v>
       </c>
-      <c r="H25" s="38" t="s">
+      <c r="H25" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I25" s="26" t="s">
+      <c r="I25" s="25" t="s">
         <v>567</v>
       </c>
-      <c r="J25" s="26" t="s">
+      <c r="J25" s="25" t="s">
         <v>701</v>
       </c>
-      <c r="K25" s="46"/>
+      <c r="K25" s="45"/>
     </row>
     <row r="26" spans="1:11" ht="124.8" x14ac:dyDescent="0.3">
-      <c r="A26" s="24" t="s">
+      <c r="A26" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B26" s="38" t="s">
+      <c r="B26" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C26" s="26" t="s">
+      <c r="C26" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="D26" s="26">
+      <c r="D26" s="25">
         <v>205</v>
       </c>
-      <c r="E26" s="26" t="s">
+      <c r="E26" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="F26" s="26" t="s">
+      <c r="F26" s="25" t="s">
         <v>386</v>
       </c>
-      <c r="G26" s="20" t="s">
+      <c r="G26" s="19" t="s">
         <v>342</v>
       </c>
-      <c r="H26" s="38" t="s">
+      <c r="H26" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I26" s="26" t="s">
+      <c r="I26" s="25" t="s">
         <v>568</v>
       </c>
-      <c r="J26" s="40" t="s">
+      <c r="J26" s="39" t="s">
         <v>704</v>
       </c>
-      <c r="K26" s="46"/>
+      <c r="K26" s="45"/>
     </row>
     <row r="27" spans="1:11" ht="126" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="24" t="s">
+      <c r="A27" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B27" s="38" t="s">
+      <c r="B27" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C27" s="38" t="s">
+      <c r="C27" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="D27" s="38">
+      <c r="D27" s="37">
         <v>903</v>
       </c>
-      <c r="E27" s="38" t="s">
+      <c r="E27" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="F27" s="38" t="s">
+      <c r="F27" s="37" t="s">
         <v>452</v>
       </c>
-      <c r="G27" s="20" t="s">
+      <c r="G27" s="19" t="s">
         <v>533</v>
       </c>
-      <c r="H27" s="38" t="s">
+      <c r="H27" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I27" s="38" t="s">
+      <c r="I27" s="37" t="s">
         <v>597</v>
       </c>
-      <c r="J27" s="38" t="s">
+      <c r="J27" s="37" t="s">
         <v>701</v>
       </c>
-      <c r="K27" s="46"/>
+      <c r="K27" s="45"/>
     </row>
     <row r="28" spans="1:11" ht="139.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="24" t="s">
+      <c r="A28" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B28" s="38" t="s">
+      <c r="B28" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C28" s="26" t="s">
+      <c r="C28" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="D28" s="26">
+      <c r="D28" s="25">
         <v>195</v>
       </c>
-      <c r="E28" s="26" t="s">
+      <c r="E28" s="25" t="s">
         <v>50</v>
       </c>
-      <c r="F28" s="26" t="s">
+      <c r="F28" s="25" t="s">
         <v>444</v>
       </c>
-      <c r="G28" s="26" t="s">
+      <c r="G28" s="25" t="s">
         <v>503</v>
       </c>
-      <c r="H28" s="38" t="s">
+      <c r="H28" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I28" s="26" t="s">
+      <c r="I28" s="25" t="s">
         <v>569</v>
       </c>
-      <c r="J28" s="38" t="s">
+      <c r="J28" s="37" t="s">
         <v>701</v>
       </c>
-      <c r="K28" s="46"/>
+      <c r="K28" s="45"/>
     </row>
     <row r="29" spans="1:11" ht="78" x14ac:dyDescent="0.3">
-      <c r="A29" s="24" t="s">
+      <c r="A29" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B29" s="38" t="s">
+      <c r="B29" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C29" s="26" t="s">
+      <c r="C29" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="D29" s="45" t="s">
+      <c r="D29" s="44" t="s">
         <v>668</v>
       </c>
-      <c r="E29" s="26" t="s">
+      <c r="E29" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="F29" s="26" t="s">
+      <c r="F29" s="25" t="s">
         <v>457</v>
       </c>
-      <c r="G29" s="26" t="s">
+      <c r="G29" s="25" t="s">
         <v>734</v>
       </c>
-      <c r="H29" s="38" t="s">
+      <c r="H29" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I29" s="26" t="s">
+      <c r="I29" s="25" t="s">
         <v>572</v>
       </c>
-      <c r="J29" s="38" t="s">
+      <c r="J29" s="37" t="s">
         <v>701</v>
       </c>
-      <c r="K29" s="46"/>
+      <c r="K29" s="45"/>
     </row>
     <row r="30" spans="1:11" ht="171.6" x14ac:dyDescent="0.3">
-      <c r="A30" s="24" t="s">
+      <c r="A30" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B30" s="38" t="s">
+      <c r="B30" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C30" s="26" t="s">
+      <c r="C30" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="D30" s="26">
+      <c r="D30" s="25">
         <v>201</v>
       </c>
-      <c r="E30" s="26" t="s">
+      <c r="E30" s="25" t="s">
         <v>22</v>
       </c>
-      <c r="F30" s="26" t="s">
+      <c r="F30" s="25" t="s">
         <v>526</v>
       </c>
-      <c r="G30" s="26" t="s">
+      <c r="G30" s="25" t="s">
         <v>288</v>
       </c>
-      <c r="H30" s="20" t="s">
+      <c r="H30" s="19" t="s">
         <v>690</v>
       </c>
-      <c r="I30" s="26" t="s">
+      <c r="I30" s="25" t="s">
         <v>570</v>
       </c>
-      <c r="J30" s="38" t="s">
+      <c r="J30" s="37" t="s">
         <v>637</v>
       </c>
-      <c r="K30" s="46"/>
+      <c r="K30" s="45"/>
     </row>
     <row r="31" spans="1:11" ht="247.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="24" t="s">
+      <c r="A31" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B31" s="38" t="s">
+      <c r="B31" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C31" s="26" t="s">
+      <c r="C31" s="25" t="s">
         <v>49</v>
       </c>
-      <c r="D31" s="26">
+      <c r="D31" s="25">
         <v>751</v>
       </c>
-      <c r="E31" s="26" t="s">
+      <c r="E31" s="25" t="s">
         <v>535</v>
       </c>
-      <c r="F31" s="26" t="s">
+      <c r="F31" s="25" t="s">
         <v>531</v>
       </c>
-      <c r="G31" s="26" t="s">
+      <c r="G31" s="25" t="s">
         <v>469</v>
       </c>
-      <c r="H31" s="38" t="s">
+      <c r="H31" s="37" t="s">
         <v>666</v>
       </c>
-      <c r="I31" s="26" t="s">
+      <c r="I31" s="25" t="s">
         <v>566</v>
       </c>
-      <c r="J31" s="40" t="s">
+      <c r="J31" s="39" t="s">
         <v>703</v>
       </c>
-      <c r="K31" s="46"/>
+      <c r="K31" s="45"/>
     </row>
     <row r="32" spans="1:11" ht="129.6" x14ac:dyDescent="0.3">
-      <c r="A32" s="46" t="s">
+      <c r="A32" s="45" t="s">
         <v>602</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>244</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D32" s="46">
+      <c r="D32" s="45">
         <v>3361</v>
       </c>
-      <c r="E32" s="46" t="s">
+      <c r="E32" s="45" t="s">
         <v>634</v>
       </c>
-      <c r="F32" s="20" t="s">
+      <c r="F32" s="19" t="s">
         <v>635</v>
       </c>
-      <c r="G32" s="20" t="s">
+      <c r="G32" s="19" t="s">
         <v>636</v>
       </c>
-      <c r="H32" s="38" t="s">
+      <c r="H32" s="37" t="s">
         <v>268</v>
       </c>
-      <c r="I32" s="20" t="s">
+      <c r="I32" s="19" t="s">
         <v>636</v>
       </c>
-      <c r="J32" s="38" t="s">
+      <c r="J32" s="37" t="s">
         <v>637</v>
       </c>
-      <c r="K32" s="46"/>
+      <c r="K32" s="45"/>
     </row>
     <row r="33" spans="1:11" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A33" s="24" t="s">
+      <c r="A33" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B33" s="38" t="s">
+      <c r="B33" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C33" s="26" t="s">
+      <c r="C33" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="D33" s="26">
+      <c r="D33" s="25">
         <v>3364</v>
       </c>
-      <c r="E33" s="26">
+      <c r="E33" s="25">
         <v>35065320747</v>
       </c>
-      <c r="F33" s="26" t="s">
+      <c r="F33" s="25" t="s">
         <v>657</v>
       </c>
-      <c r="G33" s="40" t="s">
+      <c r="G33" s="39" t="s">
         <v>699</v>
       </c>
-      <c r="H33" s="38" t="s">
+      <c r="H33" s="37" t="s">
         <v>687</v>
       </c>
-      <c r="I33" s="26" t="s">
+      <c r="I33" s="25" t="s">
         <v>659</v>
       </c>
-      <c r="J33" s="26" t="s">
+      <c r="J33" s="25" t="s">
         <v>701</v>
       </c>
-      <c r="K33" s="46"/>
+      <c r="K33" s="45"/>
     </row>
     <row r="34" spans="1:11" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A34" s="24" t="s">
+      <c r="A34" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B34" s="38" t="s">
+      <c r="B34" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C34" s="26" t="s">
+      <c r="C34" s="25" t="s">
         <v>660</v>
       </c>
-      <c r="D34" s="26">
+      <c r="D34" s="25">
         <v>1353</v>
       </c>
-      <c r="E34" s="26" t="s">
+      <c r="E34" s="25" t="s">
         <v>661</v>
       </c>
-      <c r="F34" s="26" t="s">
+      <c r="F34" s="25" t="s">
         <v>662</v>
       </c>
-      <c r="G34" s="40" t="s">
+      <c r="G34" s="39" t="s">
         <v>663</v>
       </c>
-      <c r="H34" s="38" t="s">
+      <c r="H34" s="37" t="s">
         <v>667</v>
       </c>
-      <c r="I34" s="26" t="s">
+      <c r="I34" s="25" t="s">
         <v>664</v>
       </c>
-      <c r="J34" s="40" t="s">
+      <c r="J34" s="39" t="s">
         <v>703</v>
       </c>
-      <c r="K34" s="46"/>
+      <c r="K34" s="45"/>
     </row>
     <row r="35" spans="1:11" ht="78" x14ac:dyDescent="0.3">
-      <c r="A35" s="24" t="s">
+      <c r="A35" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B35" s="38" t="s">
+      <c r="B35" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C35" s="26" t="s">
+      <c r="C35" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="D35" s="50" t="s">
+      <c r="D35" s="49" t="s">
         <v>669</v>
       </c>
-      <c r="E35" s="26"/>
-      <c r="F35" s="24" t="s">
+      <c r="E35" s="25"/>
+      <c r="F35" s="23" t="s">
         <v>670</v>
       </c>
-      <c r="G35" s="26" t="s">
+      <c r="G35" s="25" t="s">
         <v>737</v>
       </c>
-      <c r="H35" s="38" t="s">
+      <c r="H35" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I35" s="26" t="s">
+      <c r="I35" s="25" t="s">
         <v>572</v>
       </c>
-      <c r="J35" s="38" t="s">
+      <c r="J35" s="37" t="s">
         <v>701</v>
       </c>
-      <c r="K35" s="38"/>
+      <c r="K35" s="37"/>
     </row>
     <row r="36" spans="1:11" ht="78" x14ac:dyDescent="0.3">
-      <c r="A36" s="38" t="s">
+      <c r="A36" s="37" t="s">
         <v>507</v>
       </c>
-      <c r="B36" s="38" t="s">
+      <c r="B36" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="C36" s="26" t="s">
+      <c r="C36" s="25" t="s">
         <v>671</v>
       </c>
-      <c r="D36" s="24">
+      <c r="D36" s="23">
         <v>1785</v>
       </c>
-      <c r="E36" s="24" t="s">
+      <c r="E36" s="23" t="s">
         <v>672</v>
       </c>
-      <c r="F36" s="24" t="s">
+      <c r="F36" s="23" t="s">
         <v>673</v>
       </c>
-      <c r="G36" s="26" t="s">
+      <c r="G36" s="25" t="s">
         <v>674</v>
       </c>
-      <c r="H36" s="38" t="s">
+      <c r="H36" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="I36" s="26" t="s">
+      <c r="I36" s="25" t="s">
         <v>674</v>
       </c>
-      <c r="J36" s="38" t="s">
+      <c r="J36" s="37" t="s">
         <v>701</v>
       </c>
-      <c r="K36" s="46"/>
+      <c r="K36" s="45"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="HVd1NzOu173m346s8Zvgs8nk/EKcARMI5FYSeFI0FsQ5YMxgRokuu8gZerclouG4ftuQCmDwK94YeAn8wP0OQA==" saltValue="Z/quv5YBz/bBHGETahSzaQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="s/8y6qDkm4pnymMxSg7yW4RYfwzcxiSY2mxZcqbAAl0b+hBbdpB2tvJnrhprKNgSvaAP39vWSgPXDpJW4CImCg==" saltValue="MSmsoUOu0jbV+kkcCxuPAA==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
   <autoFilter ref="A2:K36" xr:uid="{ED279F46-A53B-4116-B0C4-B4AB1DD931B1}"/>
   <mergeCells count="4">
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J26" r:id="rId1" xr:uid="{5AAE3654-E861-48D9-8A58-E786FDCC0B2B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId3"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F837B259-6031-4D41-9604-A84D7C1DACEC}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A1:J72"/>
+  <dimension ref="A1:J73"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E36" sqref="E36"/>
+    <sheetView showGridLines="0" topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.77734375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.44140625" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.21875" customWidth="1"/>
     <col min="6" max="6" width="40.88671875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="45.5546875" customWidth="1"/>
-    <col min="8" max="8" width="39.21875" style="55" customWidth="1"/>
+    <col min="8" max="8" width="39.21875" style="54" customWidth="1"/>
     <col min="9" max="9" width="36.77734375" customWidth="1"/>
-    <col min="10" max="10" width="47.6640625" style="35" customWidth="1"/>
+    <col min="10" max="10" width="47.6640625" style="34" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="36"/>
-[...4 lines deleted...]
-      <c r="F1" s="56" t="s">
+      <c r="A1" s="35"/>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="55" t="s">
         <v>200</v>
       </c>
-      <c r="G1" s="57"/>
-      <c r="H1" s="57" t="s">
+      <c r="G1" s="56"/>
+      <c r="H1" s="56" t="s">
         <v>33</v>
       </c>
-      <c r="I1" s="57"/>
-      <c r="J1" s="56" t="s">
+      <c r="I1" s="56"/>
+      <c r="J1" s="55" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="2" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="47" t="s">
+      <c r="A2" s="46" t="s">
         <v>336</v>
       </c>
-      <c r="B2" s="47" t="s">
+      <c r="B2" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="47" t="s">
+      <c r="C2" s="46" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="47" t="s">
+      <c r="D2" s="46" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="47" t="s">
+      <c r="E2" s="46" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="47" t="s">
+      <c r="F2" s="46" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="47" t="s">
+      <c r="G2" s="46" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="47" t="s">
+      <c r="H2" s="46" t="s">
         <v>132</v>
       </c>
-      <c r="I2" s="47" t="s">
+      <c r="I2" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="J2" s="57"/>
+      <c r="J2" s="56"/>
     </row>
     <row r="3" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
         <v>507</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>178</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>186</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>201</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>187</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>428</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>529</v>
       </c>
       <c r="H3" s="9" t="s">
         <v>506</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>509</v>
       </c>
-      <c r="J3" s="38" t="s">
+      <c r="J3" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A4" s="24" t="s">
+      <c r="A4" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B4" s="21" t="s">
+      <c r="B4" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C4" s="40" t="s">
+      <c r="C4" s="39" t="s">
         <v>48</v>
       </c>
-      <c r="D4" s="21" t="s">
+      <c r="D4" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="E4" s="40" t="s">
+      <c r="E4" s="39" t="s">
         <v>633</v>
       </c>
-      <c r="F4" s="40" t="s">
+      <c r="F4" s="39" t="s">
         <v>515</v>
       </c>
-      <c r="G4" s="40" t="s">
+      <c r="G4" s="39" t="s">
         <v>561</v>
       </c>
-      <c r="H4" s="26" t="s">
+      <c r="H4" s="25" t="s">
         <v>328</v>
       </c>
-      <c r="I4" s="40" t="s">
+      <c r="I4" s="39" t="s">
         <v>562</v>
       </c>
-      <c r="J4" s="38" t="s">
+      <c r="J4" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="187.2" x14ac:dyDescent="0.3">
-      <c r="A5" s="24" t="s">
+      <c r="A5" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B5" s="21" t="s">
+      <c r="B5" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C5" s="40" t="s">
+      <c r="C5" s="39" t="s">
         <v>150</v>
       </c>
-      <c r="D5" s="21" t="s">
+      <c r="D5" s="20" t="s">
         <v>203</v>
       </c>
-      <c r="E5" s="40" t="s">
+      <c r="E5" s="39" t="s">
         <v>189</v>
       </c>
-      <c r="F5" s="40" t="s">
+      <c r="F5" s="39" t="s">
         <v>520</v>
       </c>
-      <c r="G5" s="40" t="s">
+      <c r="G5" s="39" t="s">
         <v>195</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>728</v>
       </c>
-      <c r="I5" s="40" t="s">
+      <c r="I5" s="39" t="s">
         <v>598</v>
       </c>
-      <c r="J5" s="38" t="s">
+      <c r="J5" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A6" s="24" t="s">
+      <c r="A6" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B6" s="21" t="s">
+      <c r="B6" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C6" s="40" t="s">
+      <c r="C6" s="39" t="s">
         <v>184</v>
       </c>
-      <c r="D6" s="21" t="s">
+      <c r="D6" s="20" t="s">
         <v>204</v>
       </c>
-      <c r="E6" s="40">
+      <c r="E6" s="39">
         <v>7710437944</v>
       </c>
-      <c r="F6" s="40" t="s">
+      <c r="F6" s="39" t="s">
         <v>193</v>
       </c>
-      <c r="G6" s="40" t="s">
+      <c r="G6" s="39" t="s">
         <v>194</v>
       </c>
-      <c r="H6" s="54"/>
-      <c r="I6" s="40" t="s">
+      <c r="H6" s="53"/>
+      <c r="I6" s="39" t="s">
         <v>185</v>
       </c>
-      <c r="J6" s="38" t="s">
+      <c r="J6" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A7" s="24" t="s">
+      <c r="A7" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B7" s="21" t="s">
+      <c r="B7" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C7" s="40" t="s">
+      <c r="C7" s="39" t="s">
         <v>69</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="D7" s="20" t="s">
         <v>205</v>
       </c>
-      <c r="E7" s="40">
+      <c r="E7" s="39">
         <v>4300255413</v>
       </c>
-      <c r="F7" s="40" t="s">
+      <c r="F7" s="39" t="s">
         <v>501</v>
       </c>
-      <c r="G7" s="40" t="s">
+      <c r="G7" s="39" t="s">
         <v>557</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>506</v>
       </c>
-      <c r="I7" s="26" t="s">
+      <c r="I7" s="25" t="s">
         <v>552</v>
       </c>
-      <c r="J7" s="38" t="s">
+      <c r="J7" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A8" s="24" t="s">
+      <c r="A8" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B8" s="21" t="s">
+      <c r="B8" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C8" s="40" t="s">
+      <c r="C8" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="D8" s="21" t="s">
+      <c r="D8" s="20" t="s">
         <v>206</v>
       </c>
-      <c r="E8" s="40" t="s">
+      <c r="E8" s="39" t="s">
         <v>191</v>
       </c>
-      <c r="F8" s="40" t="s">
+      <c r="F8" s="39" t="s">
         <v>413</v>
       </c>
-      <c r="G8" s="40" t="s">
+      <c r="G8" s="39" t="s">
         <v>197</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>506</v>
       </c>
-      <c r="I8" s="40" t="s">
+      <c r="I8" s="39" t="s">
         <v>505</v>
       </c>
-      <c r="J8" s="38" t="s">
+      <c r="J8" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A9" s="24" t="s">
+      <c r="A9" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B9" s="21" t="s">
+      <c r="B9" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C9" s="40" t="s">
+      <c r="C9" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="D9" s="21" t="s">
+      <c r="D9" s="20" t="s">
         <v>207</v>
       </c>
-      <c r="E9" s="40" t="s">
+      <c r="E9" s="39" t="s">
         <v>188</v>
       </c>
-      <c r="F9" s="40" t="s">
+      <c r="F9" s="39" t="s">
         <v>381</v>
       </c>
-      <c r="G9" s="40" t="s">
+      <c r="G9" s="39" t="s">
         <v>382</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>506</v>
       </c>
-      <c r="I9" s="40" t="s">
+      <c r="I9" s="39" t="s">
         <v>521</v>
       </c>
-      <c r="J9" s="38" t="s">
+      <c r="J9" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="217.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="24" t="s">
+      <c r="A10" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B10" s="21" t="s">
+      <c r="B10" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C10" s="40" t="s">
+      <c r="C10" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="D10" s="21">
+      <c r="D10" s="20">
         <v>1154</v>
       </c>
-      <c r="E10" s="40" t="s">
+      <c r="E10" s="39" t="s">
         <v>494</v>
       </c>
-      <c r="F10" s="40" t="s">
+      <c r="F10" s="39" t="s">
         <v>414</v>
       </c>
-      <c r="G10" s="40" t="s">
+      <c r="G10" s="39" t="s">
         <v>418</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>506</v>
       </c>
-      <c r="I10" s="40" t="s">
+      <c r="I10" s="39" t="s">
         <v>523</v>
       </c>
-      <c r="J10" s="38" t="s">
+      <c r="J10" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A11" s="24" t="s">
+      <c r="A11" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B11" s="21" t="s">
+      <c r="B11" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C11" s="40" t="s">
+      <c r="C11" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="D11" s="21" t="s">
+      <c r="D11" s="20" t="s">
         <v>208</v>
       </c>
-      <c r="E11" s="22" t="s">
+      <c r="E11" s="21" t="s">
         <v>192</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>441</v>
       </c>
-      <c r="G11" s="40" t="s">
+      <c r="G11" s="39" t="s">
         <v>403</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>506</v>
       </c>
-      <c r="I11" s="40" t="s">
+      <c r="I11" s="39" t="s">
         <v>524</v>
       </c>
-      <c r="J11" s="38" t="s">
+      <c r="J11" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B12" s="21" t="s">
+      <c r="B12" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C12" s="40" t="s">
+      <c r="C12" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="D12" s="21" t="s">
+      <c r="D12" s="20" t="s">
         <v>209</v>
       </c>
-      <c r="E12" s="40" t="s">
+      <c r="E12" s="39" t="s">
         <v>706</v>
       </c>
-      <c r="F12" s="40" t="s">
+      <c r="F12" s="39" t="s">
         <v>705</v>
       </c>
-      <c r="G12" s="40" t="s">
+      <c r="G12" s="39" t="s">
         <v>707</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>235</v>
       </c>
-      <c r="I12" s="40" t="s">
+      <c r="I12" s="39" t="s">
         <v>716</v>
       </c>
-      <c r="J12" s="38" t="s">
+      <c r="J12" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="78" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="24" t="s">
+      <c r="A13" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B13" s="24" t="s">
+      <c r="B13" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C13" s="38" t="s">
+      <c r="C13" s="37" t="s">
         <v>34</v>
       </c>
-      <c r="D13" s="24" t="s">
+      <c r="D13" s="23" t="s">
         <v>269</v>
       </c>
-      <c r="E13" s="38" t="s">
+      <c r="E13" s="37" t="s">
         <v>148</v>
       </c>
-      <c r="F13" s="38" t="s">
+      <c r="F13" s="37" t="s">
         <v>461</v>
       </c>
-      <c r="G13" s="38" t="s">
+      <c r="G13" s="37" t="s">
         <v>165</v>
       </c>
-      <c r="H13" s="26" t="s">
+      <c r="H13" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I13" s="38" t="s">
+      <c r="I13" s="37" t="s">
         <v>504</v>
       </c>
-      <c r="J13" s="38" t="s">
+      <c r="J13" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A14" s="24" t="s">
+      <c r="A14" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B14" s="24" t="s">
+      <c r="B14" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C14" s="38" t="s">
+      <c r="C14" s="37" t="s">
         <v>140</v>
       </c>
-      <c r="D14" s="24" t="s">
+      <c r="D14" s="23" t="s">
         <v>595</v>
       </c>
-      <c r="E14" s="38" t="s">
+      <c r="E14" s="37" t="s">
         <v>141</v>
       </c>
-      <c r="F14" s="38" t="s">
+      <c r="F14" s="37" t="s">
         <v>365</v>
       </c>
-      <c r="G14" s="38" t="s">
+      <c r="G14" s="37" t="s">
         <v>404</v>
       </c>
-      <c r="H14" s="26" t="s">
+      <c r="H14" s="25" t="s">
         <v>330</v>
       </c>
-      <c r="I14" s="38" t="s">
+      <c r="I14" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="J14" s="38" t="s">
+      <c r="J14" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A15" s="24" t="s">
+      <c r="A15" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B15" s="24" t="s">
+      <c r="B15" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C15" s="38" t="s">
+      <c r="C15" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="D15" s="24" t="s">
+      <c r="D15" s="23" t="s">
         <v>270</v>
       </c>
-      <c r="E15" s="38" t="s">
+      <c r="E15" s="37" t="s">
         <v>142</v>
       </c>
-      <c r="F15" s="38" t="s">
+      <c r="F15" s="37" t="s">
         <v>163</v>
       </c>
-      <c r="G15" s="38" t="s">
+      <c r="G15" s="37" t="s">
         <v>164</v>
       </c>
-      <c r="H15" s="26" t="s">
+      <c r="H15" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I15" s="38" t="s">
+      <c r="I15" s="37" t="s">
         <v>511</v>
       </c>
-      <c r="J15" s="38" t="s">
+      <c r="J15" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A16" s="24" t="s">
+      <c r="A16" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B16" s="24" t="s">
+      <c r="B16" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C16" s="38" t="s">
+      <c r="C16" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="D16" s="24" t="s">
+      <c r="D16" s="23" t="s">
         <v>271</v>
       </c>
-      <c r="E16" s="38" t="s">
+      <c r="E16" s="37" t="s">
         <v>160</v>
       </c>
-      <c r="F16" s="38" t="s">
+      <c r="F16" s="37" t="s">
         <v>170</v>
       </c>
-      <c r="G16" s="38" t="s">
+      <c r="G16" s="37" t="s">
         <v>164</v>
       </c>
-      <c r="H16" s="26" t="s">
+      <c r="H16" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I16" s="38" t="s">
+      <c r="I16" s="37" t="s">
         <v>512</v>
       </c>
-      <c r="J16" s="38" t="s">
+      <c r="J16" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B17" s="24" t="s">
+      <c r="B17" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C17" s="38" t="s">
+      <c r="C17" s="37" t="s">
         <v>46</v>
       </c>
-      <c r="D17" s="24" t="s">
+      <c r="D17" s="23" t="s">
         <v>272</v>
       </c>
-      <c r="E17" s="38" t="s">
+      <c r="E17" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="F17" s="38" t="s">
+      <c r="F17" s="37" t="s">
         <v>175</v>
       </c>
-      <c r="G17" s="38" t="s">
+      <c r="G17" s="37" t="s">
         <v>325</v>
       </c>
-      <c r="H17" s="26" t="s">
+      <c r="H17" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I17" s="38" t="s">
+      <c r="I17" s="37" t="s">
         <v>513</v>
       </c>
-      <c r="J17" s="38" t="s">
+      <c r="J17" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="374.4" x14ac:dyDescent="0.3">
-      <c r="A18" s="24" t="s">
+      <c r="A18" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B18" s="24" t="s">
+      <c r="B18" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C18" s="38" t="s">
+      <c r="C18" s="37" t="s">
         <v>46</v>
       </c>
-      <c r="D18" s="24" t="s">
+      <c r="D18" s="23" t="s">
         <v>273</v>
       </c>
-      <c r="E18" s="38" t="s">
+      <c r="E18" s="37" t="s">
         <v>154</v>
       </c>
-      <c r="F18" s="38" t="s">
+      <c r="F18" s="37" t="s">
         <v>174</v>
       </c>
-      <c r="G18" s="38" t="s">
+      <c r="G18" s="37" t="s">
         <v>596</v>
       </c>
-      <c r="H18" s="26" t="s">
+      <c r="H18" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I18" s="38" t="s">
+      <c r="I18" s="37" t="s">
         <v>514</v>
       </c>
-      <c r="J18" s="38" t="s">
+      <c r="J18" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A19" s="24" t="s">
+      <c r="A19" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B19" s="24" t="s">
+      <c r="B19" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C19" s="38" t="s">
+      <c r="C19" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="D19" s="24" t="s">
+      <c r="D19" s="23" t="s">
         <v>274</v>
       </c>
-      <c r="E19" s="38" t="s">
+      <c r="E19" s="37" t="s">
         <v>473</v>
       </c>
-      <c r="F19" s="38" t="s">
+      <c r="F19" s="37" t="s">
         <v>459</v>
       </c>
-      <c r="G19" s="40" t="s">
+      <c r="G19" s="39" t="s">
         <v>561</v>
       </c>
-      <c r="H19" s="26" t="s">
+      <c r="H19" s="25" t="s">
         <v>328</v>
       </c>
-      <c r="I19" s="38" t="s">
+      <c r="I19" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="J19" s="38" t="s">
+      <c r="J19" s="37" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A20" s="24" t="s">
+      <c r="A20" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B20" s="24" t="s">
+      <c r="B20" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C20" s="38" t="s">
+      <c r="C20" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="D20" s="24" t="s">
+      <c r="D20" s="23" t="s">
         <v>275</v>
       </c>
-      <c r="E20" s="38" t="s">
+      <c r="E20" s="37" t="s">
         <v>155</v>
       </c>
-      <c r="F20" s="38" t="s">
+      <c r="F20" s="37" t="s">
         <v>179</v>
       </c>
-      <c r="G20" s="40" t="s">
+      <c r="G20" s="39" t="s">
         <v>561</v>
       </c>
-      <c r="H20" s="26" t="s">
+      <c r="H20" s="25" t="s">
         <v>328</v>
       </c>
-      <c r="I20" s="38" t="s">
+      <c r="I20" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="J20" s="38" t="s">
+      <c r="J20" s="37" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A21" s="24" t="s">
+      <c r="A21" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B21" s="24" t="s">
+      <c r="B21" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C21" s="38" t="s">
+      <c r="C21" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="D21" s="24" t="s">
+      <c r="D21" s="23" t="s">
         <v>276</v>
       </c>
-      <c r="E21" s="38" t="s">
+      <c r="E21" s="37" t="s">
         <v>156</v>
       </c>
-      <c r="F21" s="38" t="s">
+      <c r="F21" s="37" t="s">
         <v>172</v>
       </c>
-      <c r="G21" s="38" t="s">
+      <c r="G21" s="37" t="s">
         <v>173</v>
       </c>
-      <c r="H21" s="26" t="s">
+      <c r="H21" s="25" t="s">
         <v>729</v>
       </c>
-      <c r="I21" s="38" t="s">
+      <c r="I21" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="J21" s="38" t="s">
+      <c r="J21" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A22" s="24" t="s">
+      <c r="A22" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B22" s="24" t="s">
+      <c r="B22" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C22" s="38" t="s">
+      <c r="C22" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="D22" s="24" t="s">
+      <c r="D22" s="23" t="s">
         <v>277</v>
       </c>
-      <c r="E22" s="38" t="s">
+      <c r="E22" s="37" t="s">
         <v>157</v>
       </c>
-      <c r="F22" s="38" t="s">
+      <c r="F22" s="37" t="s">
         <v>735</v>
       </c>
-      <c r="G22" s="38" t="s">
+      <c r="G22" s="37" t="s">
         <v>171</v>
       </c>
-      <c r="H22" s="26" t="s">
+      <c r="H22" s="25" t="s">
         <v>730</v>
       </c>
-      <c r="I22" s="38" t="s">
+      <c r="I22" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="J22" s="38" t="s">
+      <c r="J22" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A23" s="24" t="s">
+      <c r="A23" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B23" s="24" t="s">
+      <c r="B23" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C23" s="38" t="s">
+      <c r="C23" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="D23" s="24" t="s">
+      <c r="D23" s="23" t="s">
         <v>278</v>
       </c>
-      <c r="E23" s="38" t="s">
+      <c r="E23" s="37" t="s">
         <v>158</v>
       </c>
-      <c r="F23" s="38" t="s">
+      <c r="F23" s="37" t="s">
         <v>736</v>
       </c>
-      <c r="G23" s="38" t="s">
+      <c r="G23" s="37" t="s">
         <v>496</v>
       </c>
-      <c r="H23" s="26" t="s">
+      <c r="H23" s="25" t="s">
         <v>731</v>
       </c>
-      <c r="I23" s="38" t="s">
+      <c r="I23" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="J23" s="38" t="s">
+      <c r="J23" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A24" s="24" t="s">
+      <c r="A24" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B24" s="24" t="s">
+      <c r="B24" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C24" s="38" t="s">
+      <c r="C24" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="D24" s="24" t="s">
+      <c r="D24" s="23" t="s">
         <v>279</v>
       </c>
-      <c r="E24" s="38" t="s">
+      <c r="E24" s="37" t="s">
         <v>144</v>
       </c>
-      <c r="F24" s="38" t="s">
+      <c r="F24" s="37" t="s">
         <v>383</v>
       </c>
-      <c r="G24" s="38" t="s">
+      <c r="G24" s="37" t="s">
         <v>402</v>
       </c>
-      <c r="H24" s="26" t="s">
+      <c r="H24" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I24" s="38" t="s">
+      <c r="I24" s="37" t="s">
         <v>518</v>
       </c>
-      <c r="J24" s="38" t="s">
+      <c r="J24" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A25" s="24" t="s">
+      <c r="A25" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B25" s="24" t="s">
+      <c r="B25" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C25" s="38" t="s">
+      <c r="C25" s="37" t="s">
         <v>190</v>
       </c>
-      <c r="D25" s="24" t="s">
+      <c r="D25" s="23" t="s">
         <v>280</v>
       </c>
-      <c r="E25" s="38" t="s">
+      <c r="E25" s="37" t="s">
         <v>149</v>
       </c>
-      <c r="F25" s="38" t="s">
+      <c r="F25" s="37" t="s">
         <v>343</v>
       </c>
-      <c r="G25" s="38" t="s">
+      <c r="G25" s="37" t="s">
         <v>196</v>
       </c>
-      <c r="H25" s="26" t="s">
+      <c r="H25" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I25" s="38" t="s">
+      <c r="I25" s="37" t="s">
         <v>519</v>
       </c>
-      <c r="J25" s="38" t="s">
+      <c r="J25" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="171.6" x14ac:dyDescent="0.3">
-      <c r="A26" s="24" t="s">
+      <c r="A26" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B26" s="24" t="s">
+      <c r="B26" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C26" s="38" t="s">
+      <c r="C26" s="37" t="s">
         <v>150</v>
       </c>
-      <c r="D26" s="24" t="s">
+      <c r="D26" s="23" t="s">
         <v>281</v>
       </c>
-      <c r="E26" s="38" t="s">
+      <c r="E26" s="37" t="s">
         <v>151</v>
       </c>
-      <c r="F26" s="38" t="s">
+      <c r="F26" s="37" t="s">
         <v>460</v>
       </c>
-      <c r="G26" s="38" t="s">
+      <c r="G26" s="37" t="s">
         <v>177</v>
       </c>
-      <c r="H26" s="26" t="s">
+      <c r="H26" s="25" t="s">
         <v>725</v>
       </c>
-      <c r="I26" s="40" t="s">
+      <c r="I26" s="39" t="s">
         <v>599</v>
       </c>
-      <c r="J26" s="38" t="s">
+      <c r="J26" s="37" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="171.6" x14ac:dyDescent="0.3">
-      <c r="A27" s="24" t="s">
+      <c r="A27" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B27" s="24" t="s">
+      <c r="B27" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C27" s="38" t="s">
+      <c r="C27" s="37" t="s">
         <v>150</v>
       </c>
-      <c r="D27" s="24" t="s">
+      <c r="D27" s="23" t="s">
         <v>282</v>
       </c>
-      <c r="E27" s="38" t="s">
+      <c r="E27" s="37" t="s">
         <v>152</v>
       </c>
-      <c r="F27" s="38" t="s">
+      <c r="F27" s="37" t="s">
         <v>176</v>
       </c>
-      <c r="G27" s="38" t="s">
+      <c r="G27" s="37" t="s">
         <v>177</v>
       </c>
-      <c r="H27" s="26" t="s">
+      <c r="H27" s="25" t="s">
         <v>725</v>
       </c>
-      <c r="I27" s="40" t="s">
+      <c r="I27" s="39" t="s">
         <v>600</v>
       </c>
-      <c r="J27" s="38" t="s">
+      <c r="J27" s="37" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A28" s="24" t="s">
+      <c r="A28" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B28" s="24" t="s">
+      <c r="B28" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C28" s="38" t="s">
+      <c r="C28" s="37" t="s">
         <v>146</v>
       </c>
-      <c r="D28" s="24" t="s">
+      <c r="D28" s="23" t="s">
         <v>283</v>
       </c>
-      <c r="E28" s="38" t="s">
+      <c r="E28" s="37" t="s">
         <v>147</v>
       </c>
-      <c r="F28" s="38" t="s">
+      <c r="F28" s="37" t="s">
         <v>366</v>
       </c>
-      <c r="G28" s="38" t="s">
+      <c r="G28" s="37" t="s">
         <v>495</v>
       </c>
-      <c r="H28" s="26" t="s">
+      <c r="H28" s="25" t="s">
         <v>571</v>
       </c>
-      <c r="I28" s="25"/>
-      <c r="J28" s="38" t="s">
+      <c r="I28" s="24"/>
+      <c r="J28" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A29" s="24" t="s">
+      <c r="A29" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B29" s="24" t="s">
+      <c r="B29" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C29" s="38" t="s">
+      <c r="C29" s="37" t="s">
         <v>71</v>
       </c>
-      <c r="D29" s="24" t="s">
+      <c r="D29" s="23" t="s">
         <v>284</v>
       </c>
-      <c r="E29" s="38" t="s">
+      <c r="E29" s="37" t="s">
         <v>145</v>
       </c>
-      <c r="F29" s="38" t="s">
+      <c r="F29" s="37" t="s">
         <v>180</v>
       </c>
-      <c r="G29" s="38" t="s">
+      <c r="G29" s="37" t="s">
         <v>168</v>
       </c>
-      <c r="H29" s="26" t="s">
+      <c r="H29" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I29" s="38" t="s">
+      <c r="I29" s="37" t="s">
         <v>508</v>
       </c>
-      <c r="J29" s="38" t="s">
+      <c r="J29" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A30" s="24" t="s">
+      <c r="A30" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B30" s="24" t="s">
+      <c r="B30" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C30" s="38" t="s">
+      <c r="C30" s="37" t="s">
         <v>73</v>
       </c>
-      <c r="D30" s="24" t="s">
+      <c r="D30" s="23" t="s">
         <v>638</v>
       </c>
-      <c r="E30" s="38" t="s">
+      <c r="E30" s="37" t="s">
         <v>159</v>
       </c>
-      <c r="F30" s="38" t="s">
+      <c r="F30" s="37" t="s">
         <v>169</v>
       </c>
-      <c r="G30" s="38" t="s">
+      <c r="G30" s="37" t="s">
         <v>556</v>
       </c>
-      <c r="H30" s="26" t="s">
+      <c r="H30" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="I30" s="38" t="s">
+      <c r="I30" s="37" t="s">
         <v>522</v>
       </c>
-      <c r="J30" s="38" t="s">
+      <c r="J30" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A31" s="24" t="s">
+      <c r="A31" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B31" s="24" t="s">
+      <c r="B31" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C31" s="38" t="s">
+      <c r="C31" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="D31" s="24" t="s">
+      <c r="D31" s="23" t="s">
         <v>285</v>
       </c>
-      <c r="E31" s="38">
+      <c r="E31" s="37">
         <v>7300349120</v>
       </c>
-      <c r="F31" s="38" t="s">
+      <c r="F31" s="37" t="s">
         <v>161</v>
       </c>
-      <c r="G31" s="38" t="s">
+      <c r="G31" s="37" t="s">
         <v>162</v>
       </c>
-      <c r="H31" s="38" t="s">
+      <c r="H31" s="37" t="s">
         <v>743</v>
       </c>
-      <c r="I31" s="25"/>
-      <c r="J31" s="38" t="s">
+      <c r="I31" s="24"/>
+      <c r="J31" s="37" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A32" s="24" t="s">
+      <c r="A32" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B32" s="24" t="s">
+      <c r="B32" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C32" s="38" t="s">
+      <c r="C32" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="D32" s="24" t="s">
+      <c r="D32" s="23" t="s">
         <v>286</v>
       </c>
-      <c r="E32" s="38">
+      <c r="E32" s="37">
         <v>7300005689</v>
       </c>
-      <c r="F32" s="38" t="s">
+      <c r="F32" s="37" t="s">
         <v>458</v>
       </c>
-      <c r="G32" s="38" t="s">
+      <c r="G32" s="37" t="s">
         <v>162</v>
       </c>
-      <c r="H32" s="26" t="s">
+      <c r="H32" s="25" t="s">
         <v>329</v>
       </c>
-      <c r="I32" s="25"/>
-      <c r="J32" s="38" t="s">
+      <c r="I32" s="24"/>
+      <c r="J32" s="37" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A33" s="24" t="s">
+      <c r="A33" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B33" s="24" t="s">
+      <c r="B33" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="C33" s="38" t="s">
+      <c r="C33" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="D33" s="24" t="s">
+      <c r="D33" s="23" t="s">
         <v>287</v>
       </c>
-      <c r="E33" s="25"/>
-      <c r="F33" s="38" t="s">
+      <c r="E33" s="24"/>
+      <c r="F33" s="37" t="s">
         <v>166</v>
       </c>
-      <c r="G33" s="38" t="s">
+      <c r="G33" s="37" t="s">
         <v>167</v>
       </c>
-      <c r="H33" s="26" t="s">
+      <c r="H33" s="25" t="s">
         <v>329</v>
       </c>
-      <c r="I33" s="25"/>
-      <c r="J33" s="38" t="s">
+      <c r="I33" s="24"/>
+      <c r="J33" s="37" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A34" s="24" t="s">
+      <c r="A34" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B34" s="21" t="s">
+      <c r="B34" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C34" s="40" t="s">
+      <c r="C34" s="39" t="s">
         <v>184</v>
       </c>
-      <c r="D34" s="21" t="s">
+      <c r="D34" s="20" t="s">
         <v>332</v>
       </c>
-      <c r="E34" s="40">
+      <c r="E34" s="39">
         <v>6163104945</v>
       </c>
-      <c r="F34" s="40" t="s">
+      <c r="F34" s="39" t="s">
         <v>333</v>
       </c>
-      <c r="G34" s="40" t="s">
+      <c r="G34" s="39" t="s">
         <v>334</v>
       </c>
-      <c r="H34" s="54"/>
-      <c r="I34" s="40" t="s">
+      <c r="H34" s="53"/>
+      <c r="I34" s="39" t="s">
         <v>335</v>
       </c>
-      <c r="J34" s="38" t="s">
+      <c r="J34" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A35" s="8" t="s">
         <v>507</v>
       </c>
-      <c r="B35" s="26" t="s">
+      <c r="B35" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C35" s="26" t="s">
+      <c r="C35" s="25" t="s">
         <v>34</v>
       </c>
-      <c r="D35" s="26">
+      <c r="D35" s="25">
         <v>129</v>
       </c>
-      <c r="E35" s="26" t="s">
+      <c r="E35" s="25" t="s">
         <v>36</v>
       </c>
-      <c r="F35" s="26" t="s">
+      <c r="F35" s="25" t="s">
         <v>35</v>
       </c>
-      <c r="G35" s="26" t="s">
+      <c r="G35" s="25" t="s">
         <v>369</v>
       </c>
-      <c r="H35" s="26" t="s">
+      <c r="H35" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I35" s="38" t="s">
+      <c r="I35" s="37" t="s">
         <v>539</v>
       </c>
-      <c r="J35" s="38" t="s">
+      <c r="J35" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="62.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="24" t="s">
+      <c r="A36" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B36" s="26" t="s">
+      <c r="B36" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C36" s="26" t="s">
+      <c r="C36" s="25" t="s">
         <v>37</v>
       </c>
-      <c r="D36" s="26">
+      <c r="D36" s="25">
         <v>886</v>
       </c>
-      <c r="E36" s="26" t="s">
+      <c r="E36" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="F36" s="26" t="s">
+      <c r="F36" s="25" t="s">
         <v>408</v>
       </c>
-      <c r="G36" s="26" t="s">
+      <c r="G36" s="25" t="s">
         <v>416</v>
       </c>
-      <c r="H36" s="26" t="s">
+      <c r="H36" s="25" t="s">
         <v>371</v>
       </c>
-      <c r="I36" s="26" t="s">
+      <c r="I36" s="25" t="s">
         <v>510</v>
       </c>
-      <c r="J36" s="38" t="s">
+      <c r="J36" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A37" s="24" t="s">
+      <c r="A37" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B37" s="26" t="s">
+      <c r="B37" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C37" s="26" t="s">
+      <c r="C37" s="25" t="s">
         <v>39</v>
       </c>
-      <c r="D37" s="26">
+      <c r="D37" s="25">
         <v>127</v>
       </c>
-      <c r="E37" s="26" t="s">
+      <c r="E37" s="25" t="s">
         <v>40</v>
       </c>
-      <c r="F37" s="26" t="s">
+      <c r="F37" s="25" t="s">
         <v>370</v>
       </c>
-      <c r="G37" s="26" t="s">
+      <c r="G37" s="25" t="s">
         <v>532</v>
       </c>
-      <c r="H37" s="26" t="s">
+      <c r="H37" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I37" s="38" t="s">
+      <c r="I37" s="37" t="s">
         <v>540</v>
       </c>
-      <c r="J37" s="38" t="s">
+      <c r="J37" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A38" s="24" t="s">
+      <c r="A38" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B38" s="26" t="s">
+      <c r="B38" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C38" s="26" t="s">
+      <c r="C38" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="D38" s="26" t="s">
+      <c r="D38" s="25" t="s">
         <v>719</v>
       </c>
-      <c r="E38" s="26" t="s">
+      <c r="E38" s="25" t="s">
         <v>713</v>
       </c>
-      <c r="F38" s="26" t="s">
+      <c r="F38" s="25" t="s">
         <v>720</v>
       </c>
-      <c r="G38" s="26" t="s">
+      <c r="G38" s="25" t="s">
         <v>721</v>
       </c>
-      <c r="H38" s="26" t="s">
+      <c r="H38" s="25" t="s">
         <v>722</v>
       </c>
-      <c r="I38" s="38" t="s">
+      <c r="I38" s="37" t="s">
         <v>721</v>
       </c>
-      <c r="J38" s="38" t="s">
+      <c r="J38" s="37" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A39" s="24" t="s">
+      <c r="A39" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B39" s="26" t="s">
+      <c r="B39" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C39" s="26" t="s">
+      <c r="C39" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="D39" s="26" t="s">
+      <c r="D39" s="25" t="s">
         <v>723</v>
       </c>
-      <c r="E39" s="26" t="s">
+      <c r="E39" s="25" t="s">
         <v>714</v>
       </c>
-      <c r="F39" s="26" t="s">
+      <c r="F39" s="25" t="s">
         <v>724</v>
       </c>
-      <c r="G39" s="26" t="s">
+      <c r="G39" s="25" t="s">
         <v>721</v>
       </c>
-      <c r="H39" s="26" t="s">
+      <c r="H39" s="25" t="s">
         <v>722</v>
       </c>
-      <c r="I39" s="38" t="s">
+      <c r="I39" s="37" t="s">
         <v>721</v>
       </c>
-      <c r="J39" s="38" t="s">
+      <c r="J39" s="37" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A40" s="24" t="s">
+      <c r="A40" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B40" s="26" t="s">
+      <c r="B40" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C40" s="26" t="s">
+      <c r="C40" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="D40" s="26">
+      <c r="D40" s="25">
         <v>8720</v>
       </c>
-      <c r="E40" s="26" t="s">
+      <c r="E40" s="25" t="s">
         <v>715</v>
       </c>
-      <c r="F40" s="26" t="s">
+      <c r="F40" s="25" t="s">
         <v>331</v>
       </c>
-      <c r="G40" s="26" t="s">
+      <c r="G40" s="25" t="s">
         <v>741</v>
       </c>
-      <c r="H40" s="26" t="s">
+      <c r="H40" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I40" s="26" t="s">
+      <c r="I40" s="25" t="s">
         <v>741</v>
       </c>
-      <c r="J40" s="38" t="s">
+      <c r="J40" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A41" s="24" t="s">
+      <c r="A41" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B41" s="26" t="s">
+      <c r="B41" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C41" s="26" t="s">
+      <c r="C41" s="25" t="s">
         <v>42</v>
       </c>
-      <c r="D41" s="26">
+      <c r="D41" s="25">
         <v>4472</v>
       </c>
-      <c r="E41" s="26" t="s">
+      <c r="E41" s="25" t="s">
         <v>43</v>
       </c>
-      <c r="F41" s="26" t="s">
+      <c r="F41" s="25" t="s">
         <v>378</v>
       </c>
-      <c r="G41" s="26" t="s">
+      <c r="G41" s="25" t="s">
         <v>379</v>
       </c>
-      <c r="H41" s="26" t="s">
+      <c r="H41" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I41" s="26" t="s">
+      <c r="I41" s="25" t="s">
         <v>542</v>
       </c>
-      <c r="J41" s="38" t="s">
+      <c r="J41" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A42" s="24" t="s">
+      <c r="A42" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B42" s="26" t="s">
+      <c r="B42" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C42" s="26" t="s">
+      <c r="C42" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="D42" s="26">
+      <c r="D42" s="25">
         <v>15</v>
       </c>
-      <c r="E42" s="26" t="s">
+      <c r="E42" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="F42" s="26" t="s">
+      <c r="F42" s="25" t="s">
         <v>409</v>
       </c>
-      <c r="G42" s="26" t="s">
+      <c r="G42" s="25" t="s">
         <v>655</v>
       </c>
-      <c r="H42" s="26" t="s">
+      <c r="H42" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I42" s="38" t="s">
+      <c r="I42" s="37" t="s">
         <v>543</v>
       </c>
-      <c r="J42" s="38" t="s">
+      <c r="J42" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A43" s="24" t="s">
+      <c r="A43" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B43" s="26" t="s">
+      <c r="B43" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C43" s="26" t="s">
+      <c r="C43" s="25" t="s">
         <v>46</v>
       </c>
-      <c r="D43" s="26">
+      <c r="D43" s="25">
         <v>29</v>
       </c>
-      <c r="E43" s="26" t="s">
+      <c r="E43" s="25" t="s">
         <v>47</v>
       </c>
-      <c r="F43" s="26" t="s">
+      <c r="F43" s="25" t="s">
         <v>410</v>
       </c>
-      <c r="G43" s="26" t="s">
+      <c r="G43" s="25" t="s">
         <v>325</v>
       </c>
-      <c r="H43" s="26" t="s">
+      <c r="H43" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I43" s="26" t="s">
+      <c r="I43" s="25" t="s">
         <v>544</v>
       </c>
-      <c r="J43" s="38" t="s">
+      <c r="J43" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A44" s="24" t="s">
+      <c r="A44" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B44" s="26" t="s">
+      <c r="B44" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C44" s="26" t="s">
+      <c r="C44" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="D44" s="26">
+      <c r="D44" s="25">
         <v>991</v>
       </c>
-      <c r="E44" s="26" t="s">
+      <c r="E44" s="25" t="s">
         <v>52</v>
       </c>
-      <c r="F44" s="26" t="s">
+      <c r="F44" s="25" t="s">
         <v>411</v>
       </c>
-      <c r="G44" s="26" t="s">
+      <c r="G44" s="25" t="s">
         <v>417</v>
       </c>
-      <c r="H44" s="26" t="s">
+      <c r="H44" s="25" t="s">
         <v>516</v>
       </c>
-      <c r="I44" s="38" t="s">
+      <c r="I44" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="J44" s="38" t="s">
+      <c r="J44" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A45" s="24" t="s">
+      <c r="A45" s="23" t="s">
         <v>338</v>
       </c>
-      <c r="B45" s="26" t="s">
+      <c r="B45" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C45" s="26" t="s">
+      <c r="C45" s="25" t="s">
         <v>53</v>
       </c>
-      <c r="D45" s="26">
+      <c r="D45" s="25">
         <v>8719</v>
       </c>
-      <c r="E45" s="26" t="s">
+      <c r="E45" s="25" t="s">
         <v>651</v>
       </c>
-      <c r="F45" s="26" t="s">
+      <c r="F45" s="25" t="s">
         <v>652</v>
       </c>
-      <c r="G45" s="26" t="s">
+      <c r="G45" s="25" t="s">
         <v>653</v>
       </c>
-      <c r="H45" s="26" t="s">
+      <c r="H45" s="25" t="s">
         <v>54</v>
       </c>
-      <c r="I45" s="26" t="s">
+      <c r="I45" s="25" t="s">
         <v>55</v>
       </c>
-      <c r="J45" s="38" t="s">
+      <c r="J45" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A46" s="24" t="s">
+      <c r="A46" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B46" s="26" t="s">
+      <c r="B46" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C46" s="26" t="s">
+      <c r="C46" s="25" t="s">
         <v>56</v>
       </c>
-      <c r="D46" s="26">
+      <c r="D46" s="25">
         <v>4456</v>
       </c>
-      <c r="E46" s="26" t="s">
+      <c r="E46" s="25" t="s">
         <v>210</v>
       </c>
-      <c r="F46" s="26" t="s">
+      <c r="F46" s="25" t="s">
         <v>57</v>
       </c>
-      <c r="G46" s="26" t="s">
+      <c r="G46" s="25" t="s">
         <v>593</v>
       </c>
-      <c r="H46" s="26" t="s">
+      <c r="H46" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I46" s="26" t="s">
+      <c r="I46" s="25" t="s">
         <v>545</v>
       </c>
-      <c r="J46" s="38" t="s">
+      <c r="J46" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A47" s="24" t="s">
+      <c r="A47" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B47" s="26" t="s">
+      <c r="B47" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C47" s="26" t="s">
+      <c r="C47" s="25" t="s">
         <v>58</v>
       </c>
-      <c r="D47" s="26">
+      <c r="D47" s="25">
         <v>1443</v>
       </c>
-      <c r="E47" s="26" t="s">
+      <c r="E47" s="25" t="s">
         <v>211</v>
       </c>
-      <c r="F47" s="26" t="s">
+      <c r="F47" s="25" t="s">
         <v>377</v>
       </c>
-      <c r="G47" s="26" t="s">
+      <c r="G47" s="25" t="s">
         <v>212</v>
       </c>
-      <c r="H47" s="26" t="s">
+      <c r="H47" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I47" s="26" t="s">
+      <c r="I47" s="25" t="s">
         <v>517</v>
       </c>
-      <c r="J47" s="38" t="s">
+      <c r="J47" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A48" s="24" t="s">
+      <c r="A48" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B48" s="26" t="s">
+      <c r="B48" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C48" s="26" t="s">
+      <c r="C48" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="D48" s="26">
+      <c r="D48" s="25">
         <v>4459</v>
       </c>
-      <c r="E48" s="26">
+      <c r="E48" s="25">
         <v>35794775</v>
       </c>
-      <c r="F48" s="26" t="s">
+      <c r="F48" s="25" t="s">
         <v>387</v>
       </c>
-      <c r="G48" s="26" t="s">
+      <c r="G48" s="25" t="s">
         <v>440</v>
       </c>
-      <c r="H48" s="26" t="s">
+      <c r="H48" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I48" s="26" t="s">
+      <c r="I48" s="25" t="s">
         <v>547</v>
       </c>
-      <c r="J48" s="38" t="s">
+      <c r="J48" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A49" s="24" t="s">
+      <c r="A49" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B49" s="26" t="s">
+      <c r="B49" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C49" s="26" t="s">
+      <c r="C49" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="D49" s="26" t="s">
+      <c r="D49" s="25" t="s">
         <v>490</v>
       </c>
-      <c r="E49" s="26" t="s">
+      <c r="E49" s="25" t="s">
         <v>61</v>
       </c>
-      <c r="F49" s="26" t="s">
+      <c r="F49" s="25" t="s">
         <v>487</v>
       </c>
-      <c r="G49" s="26" t="s">
+      <c r="G49" s="25" t="s">
         <v>488</v>
       </c>
-      <c r="H49" s="26" t="s">
+      <c r="H49" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I49" s="26" t="s">
+      <c r="I49" s="25" t="s">
         <v>548</v>
       </c>
-      <c r="J49" s="38" t="s">
+      <c r="J49" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="50" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A50" s="24" t="s">
+      <c r="A50" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B50" s="26" t="s">
+      <c r="B50" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C50" s="26" t="s">
+      <c r="C50" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="D50" s="26">
+      <c r="D50" s="25">
         <v>4461</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="F50" s="26" t="s">
+      <c r="F50" s="25" t="s">
         <v>368</v>
       </c>
-      <c r="G50" s="26" t="s">
+      <c r="G50" s="25" t="s">
         <v>402</v>
       </c>
-      <c r="H50" s="26" t="s">
+      <c r="H50" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I50" s="26" t="s">
+      <c r="I50" s="25" t="s">
         <v>549</v>
       </c>
-      <c r="J50" s="38" t="s">
+      <c r="J50" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="51" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A51" s="24" t="s">
+      <c r="A51" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B51" s="26" t="s">
+      <c r="B51" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C51" s="26" t="s">
+      <c r="C51" s="25" t="s">
         <v>62</v>
       </c>
-      <c r="D51" s="26">
+      <c r="D51" s="25">
         <v>4471</v>
       </c>
-      <c r="E51" s="26" t="s">
+      <c r="E51" s="25" t="s">
         <v>214</v>
       </c>
-      <c r="F51" s="26" t="s">
+      <c r="F51" s="25" t="s">
         <v>63</v>
       </c>
-      <c r="G51" s="26" t="s">
+      <c r="G51" s="25" t="s">
         <v>213</v>
       </c>
-      <c r="H51" s="26" t="s">
+      <c r="H51" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I51" s="26" t="s">
+      <c r="I51" s="25" t="s">
         <v>550</v>
       </c>
-      <c r="J51" s="38" t="s">
+      <c r="J51" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A52" s="24" t="s">
+      <c r="A52" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B52" s="26" t="s">
+      <c r="B52" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C52" s="26" t="s">
+      <c r="C52" s="25" t="s">
         <v>64</v>
       </c>
-      <c r="D52" s="26">
+      <c r="D52" s="25">
         <v>862</v>
       </c>
-      <c r="E52" s="26" t="s">
+      <c r="E52" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="F52" s="26" t="s">
+      <c r="F52" s="25" t="s">
         <v>412</v>
       </c>
-      <c r="G52" s="26" t="s">
+      <c r="G52" s="25" t="s">
         <v>380</v>
       </c>
-      <c r="H52" s="26" t="s">
+      <c r="H52" s="25" t="s">
         <v>317</v>
       </c>
-      <c r="I52" s="26" t="s">
+      <c r="I52" s="25" t="s">
         <v>318</v>
       </c>
-      <c r="J52" s="38" t="s">
+      <c r="J52" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A53" s="24" t="s">
+      <c r="A53" s="23" t="s">
         <v>338</v>
       </c>
-      <c r="B53" s="26" t="s">
+      <c r="B53" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C53" s="26" t="s">
+      <c r="C53" s="25" t="s">
         <v>66</v>
       </c>
-      <c r="D53" s="26">
+      <c r="D53" s="25">
         <v>1321</v>
       </c>
-      <c r="E53" s="26" t="s">
+      <c r="E53" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="F53" s="26" t="s">
+      <c r="F53" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="G53" s="26" t="s">
+      <c r="G53" s="25" t="s">
         <v>80</v>
       </c>
-      <c r="H53" s="26" t="s">
+      <c r="H53" s="25" t="s">
         <v>215</v>
       </c>
-      <c r="I53" s="26" t="s">
+      <c r="I53" s="25" t="s">
         <v>216</v>
       </c>
-      <c r="J53" s="38" t="s">
+      <c r="J53" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A54" s="24" t="s">
+      <c r="A54" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B54" s="26" t="s">
+      <c r="B54" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C54" s="26" t="s">
+      <c r="C54" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="D54" s="26">
+      <c r="D54" s="25">
         <v>932</v>
       </c>
-      <c r="E54" s="26" t="s">
+      <c r="E54" s="25" t="s">
         <v>70</v>
       </c>
-      <c r="F54" s="26" t="s">
+      <c r="F54" s="25" t="s">
         <v>500</v>
       </c>
-      <c r="G54" s="26" t="s">
+      <c r="G54" s="25" t="s">
         <v>557</v>
       </c>
-      <c r="H54" s="26" t="s">
+      <c r="H54" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I54" s="26" t="s">
+      <c r="I54" s="25" t="s">
         <v>553</v>
       </c>
-      <c r="J54" s="38" t="s">
+      <c r="J54" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A55" s="24" t="s">
+      <c r="A55" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B55" s="26" t="s">
+      <c r="B55" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C55" s="26" t="s">
+      <c r="C55" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="D55" s="26">
+      <c r="D55" s="25">
         <v>4453</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="F55" s="26" t="s">
+      <c r="F55" s="25" t="s">
         <v>528</v>
       </c>
-      <c r="G55" s="26" t="s">
+      <c r="G55" s="25" t="s">
         <v>217</v>
       </c>
-      <c r="H55" s="26" t="s">
+      <c r="H55" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I55" s="26" t="s">
+      <c r="I55" s="25" t="s">
         <v>525</v>
       </c>
-      <c r="J55" s="38" t="s">
+      <c r="J55" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="156" x14ac:dyDescent="0.3">
-      <c r="A56" s="24" t="s">
+      <c r="A56" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B56" s="26" t="s">
+      <c r="B56" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C56" s="26" t="s">
+      <c r="C56" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="D56" s="26">
+      <c r="D56" s="25">
         <v>1187</v>
       </c>
-      <c r="E56" s="26" t="s">
+      <c r="E56" s="25" t="s">
         <v>75</v>
       </c>
-      <c r="F56" s="26" t="s">
+      <c r="F56" s="25" t="s">
         <v>455</v>
       </c>
-      <c r="G56" s="26" t="s">
+      <c r="G56" s="25" t="s">
         <v>456</v>
       </c>
-      <c r="H56" s="26" t="s">
+      <c r="H56" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I56" s="26" t="s">
+      <c r="I56" s="25" t="s">
         <v>554</v>
       </c>
-      <c r="J56" s="38" t="s">
+      <c r="J56" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A57" s="24" t="s">
+      <c r="A57" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B57" s="26" t="s">
+      <c r="B57" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C57" s="26" t="s">
+      <c r="C57" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="D57" s="26">
+      <c r="D57" s="25">
         <v>27</v>
       </c>
-      <c r="E57" s="26" t="s">
+      <c r="E57" s="25" t="s">
         <v>78</v>
       </c>
-      <c r="F57" s="26" t="s">
+      <c r="F57" s="25" t="s">
         <v>419</v>
       </c>
-      <c r="G57" s="26" t="s">
+      <c r="G57" s="25" t="s">
         <v>592</v>
       </c>
-      <c r="H57" s="26" t="s">
+      <c r="H57" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I57" s="26" t="s">
+      <c r="I57" s="25" t="s">
         <v>551</v>
       </c>
-      <c r="J57" s="38" t="s">
+      <c r="J57" s="37" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="58" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A58" s="24" t="s">
+      <c r="A58" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B58" s="26" t="s">
+      <c r="B58" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C58" s="26" t="s">
+      <c r="C58" s="25" t="s">
         <v>358</v>
       </c>
-      <c r="D58" s="26">
+      <c r="D58" s="25">
         <v>812</v>
       </c>
-      <c r="E58" s="26" t="s">
+      <c r="E58" s="25" t="s">
         <v>359</v>
       </c>
-      <c r="F58" s="26" t="s">
+      <c r="F58" s="25" t="s">
         <v>360</v>
       </c>
-      <c r="G58" s="26" t="s">
+      <c r="G58" s="25" t="s">
         <v>740</v>
       </c>
-      <c r="H58" s="26" t="s">
+      <c r="H58" s="25" t="s">
         <v>361</v>
       </c>
-      <c r="I58" s="26" t="s">
+      <c r="I58" s="25" t="s">
         <v>740</v>
       </c>
-      <c r="J58" s="38" t="s">
+      <c r="J58" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="59" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A59" s="24" t="s">
+      <c r="A59" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B59" s="26" t="s">
+      <c r="B59" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C59" s="26" t="s">
+      <c r="C59" s="25" t="s">
         <v>183</v>
       </c>
-      <c r="D59" s="26">
+      <c r="D59" s="25">
         <v>1752</v>
       </c>
-      <c r="E59" s="26" t="s">
+      <c r="E59" s="25" t="s">
         <v>486</v>
       </c>
-      <c r="F59" s="26" t="s">
+      <c r="F59" s="25" t="s">
         <v>362</v>
       </c>
-      <c r="G59" s="26" t="s">
+      <c r="G59" s="25" t="s">
         <v>363</v>
       </c>
-      <c r="H59" s="26" t="s">
+      <c r="H59" s="25" t="s">
         <v>364</v>
       </c>
-      <c r="I59" s="26" t="s">
+      <c r="I59" s="25" t="s">
         <v>314</v>
       </c>
-      <c r="J59" s="38" t="s">
+      <c r="J59" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A60" s="24" t="s">
+      <c r="A60" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B60" s="26" t="s">
+      <c r="B60" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C60" s="26" t="s">
+      <c r="C60" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="D60" s="26" t="s">
+      <c r="D60" s="25" t="s">
         <v>372</v>
       </c>
-      <c r="E60" s="26">
+      <c r="E60" s="25">
         <v>4920132000</v>
       </c>
-      <c r="F60" s="26" t="s">
+      <c r="F60" s="25" t="s">
         <v>448</v>
       </c>
-      <c r="G60" s="26" t="s">
+      <c r="G60" s="25" t="s">
         <v>558</v>
       </c>
-      <c r="H60" s="23" t="s">
+      <c r="H60" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="I60" s="26" t="s">
+      <c r="I60" s="25" t="s">
         <v>558</v>
       </c>
-      <c r="J60" s="38" t="s">
+      <c r="J60" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="61" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A61" s="24" t="s">
+      <c r="A61" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B61" s="26" t="s">
+      <c r="B61" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C61" s="26" t="s">
+      <c r="C61" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="D61" s="26" t="s">
+      <c r="D61" s="25" t="s">
         <v>373</v>
       </c>
-      <c r="E61" s="26">
+      <c r="E61" s="25">
         <v>4860142472</v>
       </c>
-      <c r="F61" s="26" t="s">
+      <c r="F61" s="25" t="s">
         <v>449</v>
       </c>
-      <c r="G61" s="26" t="s">
+      <c r="G61" s="25" t="s">
         <v>559</v>
       </c>
-      <c r="H61" s="23" t="s">
+      <c r="H61" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="I61" s="26" t="s">
+      <c r="I61" s="25" t="s">
         <v>559</v>
       </c>
-      <c r="J61" s="38" t="s">
+      <c r="J61" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A62" s="24" t="s">
+      <c r="A62" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B62" s="26" t="s">
+      <c r="B62" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C62" s="26" t="s">
+      <c r="C62" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="D62" s="26" t="s">
+      <c r="D62" s="25" t="s">
         <v>374</v>
       </c>
-      <c r="E62" s="26">
+      <c r="E62" s="25">
         <v>4140102684</v>
       </c>
-      <c r="F62" s="26" t="s">
+      <c r="F62" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="G62" s="38" t="s">
+      <c r="G62" s="37" t="s">
         <v>560</v>
       </c>
-      <c r="H62" s="23" t="s">
+      <c r="H62" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="I62" s="38" t="s">
+      <c r="I62" s="37" t="s">
         <v>560</v>
       </c>
-      <c r="J62" s="38" t="s">
+      <c r="J62" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A63" s="24" t="s">
+      <c r="A63" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B63" s="26" t="s">
+      <c r="B63" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C63" s="26" t="s">
+      <c r="C63" s="25" t="s">
         <v>64</v>
       </c>
-      <c r="D63" s="26" t="s">
+      <c r="D63" s="25" t="s">
         <v>375</v>
       </c>
-      <c r="E63" s="26" t="s">
+      <c r="E63" s="25" t="s">
         <v>376</v>
       </c>
-      <c r="F63" s="26" t="s">
+      <c r="F63" s="25" t="s">
         <v>738</v>
       </c>
-      <c r="G63" s="26" t="s">
+      <c r="G63" s="25" t="s">
         <v>739</v>
       </c>
-      <c r="H63" s="26" t="s">
+      <c r="H63" s="25" t="s">
         <v>317</v>
       </c>
-      <c r="I63" s="26" t="s">
+      <c r="I63" s="25" t="s">
         <v>739</v>
       </c>
-      <c r="J63" s="38" t="s">
+      <c r="J63" s="37" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="64" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
-      <c r="A64" s="24" t="s">
+      <c r="A64" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B64" s="21" t="s">
+      <c r="B64" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C64" s="40" t="s">
+      <c r="C64" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="D64" s="21">
+      <c r="D64" s="20">
         <v>1357</v>
       </c>
-      <c r="E64" s="40" t="s">
+      <c r="E64" s="39" t="s">
         <v>710</v>
       </c>
-      <c r="F64" s="40" t="s">
+      <c r="F64" s="39" t="s">
         <v>711</v>
       </c>
-      <c r="G64" s="40" t="s">
+      <c r="G64" s="39" t="s">
         <v>712</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>235</v>
       </c>
-      <c r="I64" s="40" t="s">
+      <c r="I64" s="39" t="s">
         <v>718</v>
       </c>
-      <c r="J64" s="38" t="s">
+      <c r="J64" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
-      <c r="A65" s="24" t="s">
+      <c r="A65" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B65" s="26" t="s">
+      <c r="B65" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C65" s="26" t="s">
+      <c r="C65" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="D65" s="26">
+      <c r="D65" s="25">
         <v>955</v>
       </c>
-      <c r="E65" s="26" t="s">
+      <c r="E65" s="25" t="s">
         <v>708</v>
       </c>
-      <c r="F65" s="26" t="s">
+      <c r="F65" s="25" t="s">
         <v>709</v>
       </c>
-      <c r="G65" s="26" t="s">
+      <c r="G65" s="25" t="s">
         <v>405</v>
       </c>
-      <c r="H65" s="23" t="s">
+      <c r="H65" s="22" t="s">
         <v>235</v>
       </c>
-      <c r="I65" s="26" t="s">
+      <c r="I65" s="25" t="s">
         <v>717</v>
       </c>
-      <c r="J65" s="34" t="s">
+      <c r="J65" s="33" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="93.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="24" t="s">
+      <c r="A66" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B66" s="26" t="s">
+      <c r="B66" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C66" s="26" t="s">
+      <c r="C66" s="25" t="s">
         <v>727</v>
       </c>
-      <c r="D66" s="26">
+      <c r="D66" s="25">
         <v>1764</v>
       </c>
-      <c r="E66" s="26" t="s">
+      <c r="E66" s="25" t="s">
         <v>472</v>
       </c>
-      <c r="F66" s="26" t="s">
+      <c r="F66" s="25" t="s">
         <v>471</v>
       </c>
-      <c r="G66" s="26" t="s">
+      <c r="G66" s="25" t="s">
         <v>466</v>
       </c>
-      <c r="H66" s="26" t="s">
+      <c r="H66" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I66" s="26" t="s">
+      <c r="I66" s="25" t="s">
         <v>541</v>
       </c>
-      <c r="J66" s="34" t="s">
+      <c r="J66" s="33" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="67" spans="1:10" ht="93.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="24" t="s">
+      <c r="A67" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="B67" s="26" t="s">
+      <c r="B67" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C67" s="26" t="s">
+      <c r="C67" s="25" t="s">
         <v>465</v>
       </c>
-      <c r="D67" s="26">
+      <c r="D67" s="25">
         <v>1765</v>
       </c>
-      <c r="E67" s="26" t="s">
+      <c r="E67" s="25" t="s">
         <v>40</v>
       </c>
-      <c r="F67" s="26" t="s">
+      <c r="F67" s="25" t="s">
         <v>470</v>
       </c>
-      <c r="G67" s="26" t="s">
+      <c r="G67" s="25" t="s">
         <v>468</v>
       </c>
-      <c r="H67" s="26" t="s">
+      <c r="H67" s="25" t="s">
         <v>506</v>
       </c>
-      <c r="I67" s="26" t="s">
+      <c r="I67" s="25" t="s">
         <v>546</v>
       </c>
-      <c r="J67" s="34" t="s">
+      <c r="J67" s="33" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="68" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A68" s="24" t="s">
+      <c r="A68" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B68" s="26" t="s">
+      <c r="B68" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C68" s="26" t="s">
+      <c r="C68" s="25" t="s">
         <v>71</v>
       </c>
-      <c r="D68" s="26"/>
-      <c r="E68" s="26" t="s">
+      <c r="D68" s="25"/>
+      <c r="E68" s="25" t="s">
         <v>603</v>
       </c>
-      <c r="F68" s="26" t="s">
+      <c r="F68" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="G68" s="26" t="s">
+      <c r="G68" s="25" t="s">
         <v>605</v>
       </c>
-      <c r="H68" s="26" t="s">
+      <c r="H68" s="25" t="s">
         <v>609</v>
       </c>
-      <c r="I68" s="26" t="s">
+      <c r="I68" s="25" t="s">
         <v>610</v>
       </c>
-      <c r="J68" s="34" t="s">
+      <c r="J68" s="33" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A69" s="24" t="s">
+      <c r="A69" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B69" s="26" t="s">
+      <c r="B69" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C69" s="26" t="s">
+      <c r="C69" s="25" t="s">
         <v>71</v>
       </c>
-      <c r="D69" s="26"/>
-      <c r="E69" s="26" t="s">
+      <c r="D69" s="25"/>
+      <c r="E69" s="25" t="s">
         <v>606</v>
       </c>
-      <c r="F69" s="26" t="s">
+      <c r="F69" s="25" t="s">
         <v>607</v>
       </c>
-      <c r="G69" s="26" t="s">
+      <c r="G69" s="25" t="s">
         <v>608</v>
       </c>
-      <c r="H69" s="26" t="s">
+      <c r="H69" s="25" t="s">
         <v>611</v>
       </c>
-      <c r="I69" s="26" t="s">
+      <c r="I69" s="25" t="s">
         <v>612</v>
       </c>
-      <c r="J69" s="34" t="s">
+      <c r="J69" s="33" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="70" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A70" s="24" t="s">
+      <c r="A70" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B70" s="21" t="s">
+      <c r="B70" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C70" s="40" t="s">
+      <c r="C70" s="39" t="s">
         <v>69</v>
       </c>
-      <c r="D70" s="21">
+      <c r="D70" s="20">
         <v>3374</v>
       </c>
-      <c r="E70" s="40">
+      <c r="E70" s="39">
         <v>43040265927</v>
       </c>
-      <c r="F70" s="40" t="s">
+      <c r="F70" s="39" t="s">
         <v>639</v>
       </c>
-      <c r="G70" s="40" t="s">
+      <c r="G70" s="39" t="s">
         <v>640</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>641</v>
       </c>
-      <c r="I70" s="26" t="s">
+      <c r="I70" s="25" t="s">
         <v>642</v>
       </c>
-      <c r="J70" s="40" t="s">
+      <c r="J70" s="39" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="71" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A71" s="24" t="s">
+      <c r="A71" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B71" s="26" t="s">
+      <c r="B71" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C71" s="26" t="s">
+      <c r="C71" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="D71" s="26">
+      <c r="D71" s="25">
         <v>3359</v>
       </c>
-      <c r="E71" s="26">
+      <c r="E71" s="25">
         <v>4840187278</v>
       </c>
-      <c r="F71" s="26" t="s">
+      <c r="F71" s="25" t="s">
         <v>643</v>
       </c>
-      <c r="G71" s="26" t="s">
+      <c r="G71" s="25" t="s">
         <v>644</v>
       </c>
-      <c r="H71" s="26" t="s">
+      <c r="H71" s="25" t="s">
         <v>645</v>
       </c>
-      <c r="I71" s="26" t="s">
+      <c r="I71" s="25" t="s">
         <v>646</v>
       </c>
-      <c r="J71" s="38" t="s">
+      <c r="J71" s="37" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="72" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A72" s="24" t="s">
+      <c r="A72" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B72" s="26" t="s">
+      <c r="B72" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="C72" s="26" t="s">
+      <c r="C72" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="D72" s="26">
+      <c r="D72" s="25">
         <v>3308</v>
       </c>
-      <c r="E72" s="26">
+      <c r="E72" s="25">
         <v>7840322602</v>
       </c>
-      <c r="F72" s="26" t="s">
+      <c r="F72" s="25" t="s">
         <v>648</v>
       </c>
-      <c r="G72" s="26" t="s">
+      <c r="G72" s="25" t="s">
         <v>649</v>
       </c>
-      <c r="H72" s="26" t="s">
+      <c r="H72" s="25" t="s">
         <v>645</v>
       </c>
-      <c r="I72" s="26" t="s">
+      <c r="I72" s="25" t="s">
         <v>650</v>
       </c>
-      <c r="J72" s="38" t="s">
+      <c r="J72" s="37" t="s">
         <v>647</v>
       </c>
     </row>
+    <row r="73" spans="1:10" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A73" s="23" t="s">
+        <v>507</v>
+      </c>
+      <c r="B73" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C73" s="37" t="s">
+        <v>146</v>
+      </c>
+      <c r="D73" s="23">
+        <v>1810</v>
+      </c>
+      <c r="E73" s="37" t="s">
+        <v>746</v>
+      </c>
+      <c r="F73" s="37" t="s">
+        <v>747</v>
+      </c>
+      <c r="G73" s="37" t="s">
+        <v>748</v>
+      </c>
+      <c r="H73" s="25"/>
+      <c r="I73" s="24"/>
+      <c r="J73" s="37" t="s">
+        <v>467</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="tdXKlRGowkCEMn5jnk3TrINgeqouWb2w6BaVUSeeCIEsxUk9m3iVNao4y8bG52vzWulXgN61dqDDcaCk7JlJYw==" saltValue="Mw559bzhKD19sp15UCg67w==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
-  <autoFilter ref="A2:J72" xr:uid="{F837B259-6031-4D41-9604-A84D7C1DACEC}"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="IkVbBJNeH2ZJ1ei9RoUwGmN89wnsJfduy3fGgSPA5yVZuxdISxm/UrWjE/BcFPBx0iumg2aYCA75pdkjUuhCiA==" saltValue="9CWnlCUofay9Idtm2JyKkQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
+  <autoFilter ref="A2:J73" xr:uid="{F837B259-6031-4D41-9604-A84D7C1DACEC}"/>
   <mergeCells count="3">
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H31" r:id="rId1" xr:uid="{00C1E24D-79CF-438C-A7F5-862C3E5FAB48}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId3"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9A1F579-2ED0-4A2E-917F-A1A6A3DD90DC}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="D1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="K5" sqref="K5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.21875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.21875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="23.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="73.44140625" customWidth="1"/>
     <col min="9" max="9" width="60" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="44.109375" style="51" customWidth="1"/>
+    <col min="10" max="10" width="44.109375" style="50" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="36"/>
-[...4 lines deleted...]
-      <c r="F1" s="58" t="s">
+      <c r="A1" s="35"/>
+      <c r="B1" s="35"/>
+      <c r="C1" s="43"/>
+      <c r="D1" s="43"/>
+      <c r="E1" s="43"/>
+      <c r="F1" s="57" t="s">
         <v>200</v>
       </c>
-      <c r="G1" s="59"/>
-      <c r="H1" s="59" t="s">
+      <c r="G1" s="58"/>
+      <c r="H1" s="58" t="s">
         <v>33</v>
       </c>
-      <c r="I1" s="59"/>
-      <c r="J1" s="56" t="s">
+      <c r="I1" s="58"/>
+      <c r="J1" s="55" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="37" t="s">
+      <c r="A2" s="36" t="s">
         <v>336</v>
       </c>
-      <c r="B2" s="37" t="s">
+      <c r="B2" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="37" t="s">
+      <c r="C2" s="36" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="37" t="s">
+      <c r="D2" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="37" t="s">
+      <c r="E2" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="37" t="s">
+      <c r="F2" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="37" t="s">
+      <c r="G2" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="37" t="s">
+      <c r="H2" s="36" t="s">
         <v>132</v>
       </c>
-      <c r="I2" s="37" t="s">
+      <c r="I2" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="J2" s="56"/>
+      <c r="J2" s="55"/>
     </row>
     <row r="3" spans="1:10" s="1" customFormat="1" ht="118.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="24" t="s">
+      <c r="A3" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B3" s="21" t="s">
+      <c r="B3" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="C3" s="21" t="s">
+      <c r="C3" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="D3" s="21">
+      <c r="D3" s="20">
         <v>8965</v>
       </c>
-      <c r="E3" s="21" t="s">
+      <c r="E3" s="20" t="s">
         <v>224</v>
       </c>
-      <c r="F3" s="40" t="s">
+      <c r="F3" s="39" t="s">
         <v>437</v>
       </c>
-      <c r="G3" s="40" t="s">
+      <c r="G3" s="39" t="s">
         <v>219</v>
       </c>
-      <c r="H3" s="40" t="s">
+      <c r="H3" s="39" t="s">
         <v>582</v>
       </c>
-      <c r="I3" s="19" t="s">
+      <c r="I3" s="18" t="s">
         <v>324</v>
       </c>
-      <c r="J3" s="24" t="s">
+      <c r="J3" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="1" customFormat="1" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A4" s="24" t="s">
+      <c r="A4" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B4" s="21" t="s">
+      <c r="B4" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="C4" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D4" s="21">
+      <c r="D4" s="20">
         <v>2940</v>
       </c>
-      <c r="E4" s="21" t="s">
+      <c r="E4" s="20" t="s">
         <v>226</v>
       </c>
-      <c r="F4" s="21" t="s">
+      <c r="F4" s="20" t="s">
         <v>563</v>
       </c>
-      <c r="G4" s="40" t="s">
+      <c r="G4" s="39" t="s">
         <v>236</v>
       </c>
-      <c r="H4" s="40" t="s">
+      <c r="H4" s="39" t="s">
         <v>586</v>
       </c>
-      <c r="I4" s="40" t="s">
+      <c r="I4" s="39" t="s">
         <v>564</v>
       </c>
-      <c r="J4" s="38" t="s">
+      <c r="J4" s="37" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="1" customFormat="1" ht="156" x14ac:dyDescent="0.3">
-      <c r="A5" s="24" t="s">
+      <c r="A5" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B5" s="21" t="s">
+      <c r="B5" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="C5" s="21" t="s">
+      <c r="C5" s="20" t="s">
         <v>423</v>
       </c>
-      <c r="D5" s="21">
+      <c r="D5" s="20">
         <v>1251</v>
       </c>
-      <c r="E5" s="21" t="s">
+      <c r="E5" s="20" t="s">
         <v>227</v>
       </c>
-      <c r="F5" s="21" t="s">
+      <c r="F5" s="20" t="s">
         <v>421</v>
       </c>
-      <c r="G5" s="40" t="s">
+      <c r="G5" s="39" t="s">
         <v>238</v>
       </c>
-      <c r="H5" s="40" t="s">
+      <c r="H5" s="39" t="s">
         <v>583</v>
       </c>
-      <c r="I5" s="40" t="s">
+      <c r="I5" s="39" t="s">
         <v>26</v>
       </c>
-      <c r="J5" s="24" t="s">
+      <c r="J5" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="1" customFormat="1" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A6" s="24" t="s">
+      <c r="A6" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B6" s="21" t="s">
+      <c r="B6" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="C6" s="21" t="s">
+      <c r="C6" s="20" t="s">
         <v>98</v>
       </c>
-      <c r="D6" s="21">
+      <c r="D6" s="20">
         <v>1349</v>
       </c>
-      <c r="E6" s="21" t="s">
+      <c r="E6" s="20" t="s">
         <v>228</v>
       </c>
-      <c r="F6" s="21" t="s">
+      <c r="F6" s="20" t="s">
         <v>422</v>
       </c>
-      <c r="G6" s="40" t="s">
+      <c r="G6" s="39" t="s">
         <v>237</v>
       </c>
-      <c r="H6" s="40" t="s">
+      <c r="H6" s="39" t="s">
         <v>583</v>
       </c>
-      <c r="I6" s="40" t="s">
+      <c r="I6" s="39" t="s">
         <v>26</v>
       </c>
-      <c r="J6" s="24" t="s">
+      <c r="J6" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A7" s="24" t="s">
+      <c r="A7" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B7" s="38" t="s">
+      <c r="B7" s="37" t="s">
         <v>221</v>
       </c>
-      <c r="C7" s="38" t="s">
+      <c r="C7" s="37" t="s">
         <v>87</v>
       </c>
-      <c r="D7" s="38" t="s">
+      <c r="D7" s="37" t="s">
         <v>300</v>
       </c>
-      <c r="E7" s="38" t="s">
+      <c r="E7" s="37" t="s">
         <v>229</v>
       </c>
-      <c r="F7" s="38" t="s">
+      <c r="F7" s="37" t="s">
         <v>442</v>
       </c>
-      <c r="G7" s="38" t="s">
+      <c r="G7" s="37" t="s">
         <v>443</v>
       </c>
-      <c r="H7" s="38" t="s">
+      <c r="H7" s="37" t="s">
         <v>315</v>
       </c>
-      <c r="I7" s="38" t="s">
+      <c r="I7" s="37" t="s">
         <v>232</v>
       </c>
-      <c r="J7" s="24" t="s">
+      <c r="J7" s="23" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A8" s="24" t="s">
+      <c r="A8" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B8" s="38" t="s">
+      <c r="B8" s="37" t="s">
         <v>221</v>
       </c>
-      <c r="C8" s="38" t="s">
+      <c r="C8" s="37" t="s">
         <v>95</v>
       </c>
-      <c r="D8" s="38" t="s">
+      <c r="D8" s="37" t="s">
         <v>302</v>
       </c>
-      <c r="E8" s="38" t="s">
+      <c r="E8" s="37" t="s">
         <v>308</v>
       </c>
-      <c r="F8" s="38" t="s">
+      <c r="F8" s="37" t="s">
         <v>239</v>
       </c>
-      <c r="G8" s="38" t="s">
+      <c r="G8" s="37" t="s">
         <v>240</v>
       </c>
-      <c r="H8" s="38" t="s">
+      <c r="H8" s="37" t="s">
         <v>682</v>
       </c>
-      <c r="I8" s="38" t="s">
+      <c r="I8" s="37" t="s">
         <v>289</v>
       </c>
-      <c r="J8" s="24" t="s">
+      <c r="J8" s="23" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A9" s="24" t="s">
+      <c r="A9" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B9" s="38" t="s">
+      <c r="B9" s="37" t="s">
         <v>221</v>
       </c>
-      <c r="C9" s="38" t="s">
+      <c r="C9" s="37" t="s">
         <v>95</v>
       </c>
-      <c r="D9" s="38" t="s">
+      <c r="D9" s="37" t="s">
         <v>301</v>
       </c>
-      <c r="E9" s="38" t="s">
+      <c r="E9" s="37" t="s">
         <v>309</v>
       </c>
-      <c r="F9" s="38" t="s">
+      <c r="F9" s="37" t="s">
         <v>453</v>
       </c>
-      <c r="G9" s="38" t="s">
+      <c r="G9" s="37" t="s">
         <v>241</v>
       </c>
-      <c r="H9" s="38" t="s">
+      <c r="H9" s="37" t="s">
         <v>682</v>
       </c>
-      <c r="I9" s="38" t="s">
+      <c r="I9" s="37" t="s">
         <v>289</v>
       </c>
-      <c r="J9" s="24" t="s">
+      <c r="J9" s="23" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A10" s="24" t="s">
+      <c r="A10" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B10" s="38" t="s">
+      <c r="B10" s="37" t="s">
         <v>221</v>
       </c>
-      <c r="C10" s="38" t="s">
+      <c r="C10" s="37" t="s">
         <v>222</v>
       </c>
-      <c r="D10" s="38">
+      <c r="D10" s="37">
         <v>1069</v>
       </c>
-      <c r="E10" s="25"/>
-      <c r="F10" s="38" t="s">
+      <c r="E10" s="24"/>
+      <c r="F10" s="37" t="s">
         <v>223</v>
       </c>
-      <c r="G10" s="25"/>
-[...2 lines deleted...]
-      <c r="J10" s="25"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
     </row>
     <row r="11" spans="1:10" ht="140.4" x14ac:dyDescent="0.3">
-      <c r="A11" s="24" t="s">
+      <c r="A11" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B11" s="38" t="s">
+      <c r="B11" s="37" t="s">
         <v>221</v>
       </c>
-      <c r="C11" s="38" t="s">
+      <c r="C11" s="37" t="s">
         <v>99</v>
       </c>
-      <c r="D11" s="38">
+      <c r="D11" s="37">
         <v>1769</v>
       </c>
-      <c r="E11" s="38" t="s">
+      <c r="E11" s="37" t="s">
         <v>230</v>
       </c>
-      <c r="F11" s="38" t="s">
+      <c r="F11" s="37" t="s">
         <v>527</v>
       </c>
-      <c r="G11" s="38" t="s">
+      <c r="G11" s="37" t="s">
         <v>242</v>
       </c>
-      <c r="H11" s="38" t="s">
+      <c r="H11" s="37" t="s">
         <v>583</v>
       </c>
-      <c r="I11" s="38" t="s">
+      <c r="I11" s="37" t="s">
         <v>233</v>
       </c>
-      <c r="J11" s="38" t="s">
+      <c r="J11" s="37" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B12" s="38" t="s">
+      <c r="B12" s="37" t="s">
         <v>221</v>
       </c>
-      <c r="C12" s="38" t="s">
+      <c r="C12" s="37" t="s">
         <v>99</v>
       </c>
-      <c r="D12" s="38">
+      <c r="D12" s="37">
         <v>824</v>
       </c>
-      <c r="E12" s="38" t="s">
+      <c r="E12" s="37" t="s">
         <v>227</v>
       </c>
-      <c r="F12" s="38" t="s">
+      <c r="F12" s="37" t="s">
         <v>243</v>
       </c>
-      <c r="G12" s="38" t="s">
+      <c r="G12" s="37" t="s">
         <v>233</v>
       </c>
-      <c r="H12" s="25"/>
-      <c r="I12" s="38" t="s">
+      <c r="H12" s="24"/>
+      <c r="I12" s="37" t="s">
         <v>233</v>
       </c>
-      <c r="J12" s="25"/>
+      <c r="J12" s="24"/>
     </row>
     <row r="13" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A13" s="24" t="s">
+      <c r="A13" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B13" s="26" t="s">
+      <c r="B13" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C13" s="26" t="s">
+      <c r="C13" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="D13" s="45" t="s">
+      <c r="D13" s="44" t="s">
         <v>589</v>
       </c>
-      <c r="E13" s="26" t="s">
+      <c r="E13" s="25" t="s">
         <v>82</v>
       </c>
-      <c r="F13" s="26" t="s">
+      <c r="F13" s="25" t="s">
         <v>433</v>
       </c>
-      <c r="G13" s="26" t="s">
+      <c r="G13" s="25" t="s">
         <v>321</v>
       </c>
-      <c r="H13" s="38" t="s">
+      <c r="H13" s="37" t="s">
         <v>583</v>
       </c>
-      <c r="I13" s="25" t="s">
+      <c r="I13" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="J13" s="24" t="s">
+      <c r="J13" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A14" s="24" t="s">
+      <c r="A14" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B14" s="26" t="s">
+      <c r="B14" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C14" s="26" t="s">
+      <c r="C14" s="25" t="s">
         <v>81</v>
       </c>
-      <c r="D14" s="26" t="s">
+      <c r="D14" s="25" t="s">
         <v>686</v>
       </c>
-      <c r="E14" s="26" t="s">
+      <c r="E14" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="F14" s="26" t="s">
+      <c r="F14" s="25" t="s">
         <v>573</v>
       </c>
-      <c r="G14" s="26" t="s">
+      <c r="G14" s="25" t="s">
         <v>588</v>
       </c>
-      <c r="H14" s="38" t="s">
+      <c r="H14" s="37" t="s">
         <v>684</v>
       </c>
-      <c r="I14" s="26"/>
-      <c r="J14" s="38" t="s">
+      <c r="I14" s="25"/>
+      <c r="J14" s="37" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A15" s="24" t="s">
+      <c r="A15" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B15" s="26" t="s">
+      <c r="B15" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C15" s="26" t="s">
+      <c r="C15" s="25" t="s">
         <v>84</v>
       </c>
-      <c r="D15" s="26">
+      <c r="D15" s="25">
         <v>7439</v>
       </c>
-      <c r="E15" s="26" t="s">
+      <c r="E15" s="25" t="s">
         <v>85</v>
       </c>
-      <c r="F15" s="26" t="s">
+      <c r="F15" s="25" t="s">
         <v>434</v>
       </c>
-      <c r="G15" s="26" t="s">
+      <c r="G15" s="25" t="s">
         <v>319</v>
       </c>
-      <c r="H15" s="38" t="s">
+      <c r="H15" s="37" t="s">
         <v>583</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="J15" s="24" t="s">
+      <c r="J15" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A16" s="24" t="s">
+      <c r="A16" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B16" s="26" t="s">
+      <c r="B16" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C16" s="26" t="s">
+      <c r="C16" s="25" t="s">
         <v>86</v>
       </c>
-      <c r="D16" s="26">
+      <c r="D16" s="25">
         <v>7413</v>
       </c>
-      <c r="E16" s="26" t="s">
+      <c r="E16" s="25" t="s">
         <v>322</v>
       </c>
-      <c r="F16" s="26" t="s">
+      <c r="F16" s="25" t="s">
         <v>498</v>
       </c>
-      <c r="G16" s="26" t="s">
+      <c r="G16" s="25" t="s">
         <v>499</v>
       </c>
-      <c r="H16" s="26" t="s">
+      <c r="H16" s="25" t="s">
         <v>584</v>
       </c>
-      <c r="I16" s="39"/>
-      <c r="J16" s="24" t="s">
+      <c r="I16" s="38"/>
+      <c r="J16" s="23" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B17" s="26" t="s">
+      <c r="B17" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C17" s="26" t="s">
+      <c r="C17" s="25" t="s">
         <v>87</v>
       </c>
-      <c r="D17" s="26">
+      <c r="D17" s="25">
         <v>899</v>
       </c>
-      <c r="E17" s="26" t="s">
+      <c r="E17" s="25" t="s">
         <v>88</v>
       </c>
-      <c r="F17" s="26" t="s">
+      <c r="F17" s="25" t="s">
         <v>493</v>
       </c>
-      <c r="G17" s="26" t="s">
+      <c r="G17" s="25" t="s">
         <v>385</v>
       </c>
-      <c r="H17" s="38" t="s">
+      <c r="H17" s="37" t="s">
         <v>583</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="J17" s="24" t="s">
+      <c r="J17" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A18" s="24" t="s">
+      <c r="A18" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B18" s="26" t="s">
+      <c r="B18" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C18" s="26" t="s">
+      <c r="C18" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="D18" s="26">
+      <c r="D18" s="25">
         <v>889</v>
       </c>
-      <c r="E18" s="26" t="s">
+      <c r="E18" s="25" t="s">
         <v>90</v>
       </c>
-      <c r="F18" s="26" t="s">
+      <c r="F18" s="25" t="s">
         <v>475</v>
       </c>
-      <c r="G18" s="26" t="s">
+      <c r="G18" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="H18" s="26" t="s">
+      <c r="H18" s="25" t="s">
         <v>587</v>
       </c>
-      <c r="I18" s="39"/>
-      <c r="J18" s="24" t="s">
+      <c r="I18" s="38"/>
+      <c r="J18" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="124.8" x14ac:dyDescent="0.3">
-      <c r="A19" s="24" t="s">
+      <c r="A19" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B19" s="26" t="s">
+      <c r="B19" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C19" s="26" t="s">
+      <c r="C19" s="25" t="s">
         <v>91</v>
       </c>
-      <c r="D19" s="26">
+      <c r="D19" s="25">
         <v>838</v>
       </c>
-      <c r="E19" s="26" t="s">
+      <c r="E19" s="25" t="s">
         <v>92</v>
       </c>
-      <c r="F19" s="26" t="s">
+      <c r="F19" s="25" t="s">
         <v>435</v>
       </c>
-      <c r="G19" s="26" t="s">
+      <c r="G19" s="25" t="s">
         <v>320</v>
       </c>
-      <c r="H19" s="26" t="s">
+      <c r="H19" s="25" t="s">
         <v>583</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="J19" s="24" t="s">
+      <c r="J19" s="23" t="s">
         <v>578</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A20" s="24" t="s">
+    <row r="20" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B20" s="26" t="s">
+      <c r="B20" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C20" s="26" t="s">
+      <c r="C20" s="25" t="s">
         <v>93</v>
       </c>
-      <c r="D20" s="26">
+      <c r="D20" s="25">
         <v>839</v>
       </c>
-      <c r="E20" s="26" t="s">
+      <c r="E20" s="25" t="s">
         <v>94</v>
       </c>
-      <c r="F20" s="26" t="s">
+      <c r="F20" s="25" t="s">
         <v>436</v>
       </c>
-      <c r="G20" s="26" t="s">
+      <c r="G20" s="25" t="s">
         <v>323</v>
       </c>
-      <c r="H20" s="38" t="s">
+      <c r="H20" s="37" t="s">
         <v>583</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="J20" s="24" t="s">
+      <c r="J20" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A21" s="24" t="s">
+      <c r="A21" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B21" s="26" t="s">
+      <c r="B21" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C21" s="26" t="s">
+      <c r="C21" s="25" t="s">
         <v>95</v>
       </c>
-      <c r="D21" s="26">
+      <c r="D21" s="25">
         <v>588</v>
       </c>
-      <c r="E21" s="26" t="s">
+      <c r="E21" s="25" t="s">
         <v>96</v>
       </c>
-      <c r="F21" s="26" t="s">
+      <c r="F21" s="25" t="s">
         <v>530</v>
       </c>
-      <c r="G21" s="26" t="s">
+      <c r="G21" s="25" t="s">
         <v>219</v>
       </c>
-      <c r="H21" s="38" t="s">
+      <c r="H21" s="37" t="s">
         <v>582</v>
       </c>
-      <c r="I21" s="26" t="s">
+      <c r="I21" s="25" t="s">
         <v>26</v>
       </c>
-      <c r="J21" s="24" t="s">
+      <c r="J21" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A22" s="24" t="s">
+      <c r="A22" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B22" s="26" t="s">
+      <c r="B22" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C22" s="26" t="s">
+      <c r="C22" s="25" t="s">
         <v>97</v>
       </c>
-      <c r="D22" s="26">
+      <c r="D22" s="25">
         <v>1202</v>
       </c>
-      <c r="E22" s="26">
+      <c r="E22" s="25">
         <v>80017092</v>
       </c>
-      <c r="F22" s="26" t="s">
+      <c r="F22" s="25" t="s">
         <v>474</v>
       </c>
-      <c r="G22" s="26" t="s">
+      <c r="G22" s="25" t="s">
         <v>220</v>
       </c>
-      <c r="H22" s="38" t="s">
+      <c r="H22" s="37" t="s">
         <v>585</v>
       </c>
-      <c r="I22" s="26" t="s">
+      <c r="I22" s="25" t="s">
         <v>26</v>
       </c>
-      <c r="J22" s="24" t="s">
+      <c r="J22" s="23" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A23" s="24" t="s">
+      <c r="A23" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B23" s="26" t="s">
+      <c r="B23" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C23" s="26" t="s">
+      <c r="C23" s="25" t="s">
         <v>97</v>
       </c>
-      <c r="D23" s="26">
+      <c r="D23" s="25">
         <v>1774</v>
       </c>
-      <c r="E23" s="26"/>
-      <c r="F23" s="26" t="s">
+      <c r="E23" s="25"/>
+      <c r="F23" s="25" t="s">
         <v>574</v>
       </c>
-      <c r="G23" s="26" t="s">
+      <c r="G23" s="25" t="s">
         <v>591</v>
       </c>
-      <c r="H23" s="38" t="s">
+      <c r="H23" s="37" t="s">
         <v>577</v>
       </c>
-      <c r="I23" s="38"/>
-      <c r="J23" s="24"/>
+      <c r="I23" s="37"/>
+      <c r="J23" s="23"/>
     </row>
     <row r="24" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-      <c r="A24" s="24" t="s">
+      <c r="A24" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B24" s="26" t="s">
+      <c r="B24" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C24" s="26" t="s">
+      <c r="C24" s="25" t="s">
         <v>84</v>
       </c>
-      <c r="D24" s="26">
+      <c r="D24" s="25">
         <v>1775</v>
       </c>
-      <c r="E24" s="26">
+      <c r="E24" s="25">
         <v>492303025</v>
       </c>
-      <c r="F24" s="26" t="s">
+      <c r="F24" s="25" t="s">
         <v>575</v>
       </c>
-      <c r="G24" s="26" t="s">
+      <c r="G24" s="25" t="s">
         <v>590</v>
       </c>
-      <c r="H24" s="24" t="s">
+      <c r="H24" s="23" t="s">
         <v>576</v>
       </c>
-      <c r="I24" s="38"/>
-      <c r="J24" s="24"/>
+      <c r="I24" s="37"/>
+      <c r="J24" s="23"/>
     </row>
     <row r="25" spans="1:10" ht="187.2" x14ac:dyDescent="0.3">
-      <c r="A25" s="24" t="s">
+      <c r="A25" s="23" t="s">
         <v>479</v>
       </c>
-      <c r="B25" s="26" t="s">
+      <c r="B25" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C25" s="26" t="s">
+      <c r="C25" s="25" t="s">
         <v>86</v>
       </c>
-      <c r="D25" s="26" t="s">
+      <c r="D25" s="25" t="s">
         <v>580</v>
       </c>
-      <c r="E25" s="26" t="s">
+      <c r="E25" s="25" t="s">
         <v>225</v>
       </c>
-      <c r="F25" s="26" t="s">
+      <c r="F25" s="25" t="s">
         <v>446</v>
       </c>
-      <c r="G25" s="26"/>
-      <c r="H25" s="38" t="s">
+      <c r="G25" s="25"/>
+      <c r="H25" s="37" t="s">
         <v>683</v>
       </c>
-      <c r="I25" s="38" t="s">
+      <c r="I25" s="37" t="s">
         <v>447</v>
       </c>
-      <c r="J25" s="52" t="s">
+      <c r="J25" s="51" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A26" s="24" t="s">
+      <c r="A26" s="23" t="s">
         <v>581</v>
       </c>
-      <c r="B26" s="26" t="s">
+      <c r="B26" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C26" s="26" t="s">
+      <c r="C26" s="25" t="s">
         <v>99</v>
       </c>
-      <c r="D26" s="38">
+      <c r="D26" s="37">
         <v>1770</v>
       </c>
-      <c r="E26" s="26" t="s">
+      <c r="E26" s="25" t="s">
         <v>102</v>
       </c>
-      <c r="F26" s="26" t="s">
+      <c r="F26" s="25" t="s">
         <v>100</v>
       </c>
-      <c r="G26" s="26" t="s">
+      <c r="G26" s="25" t="s">
         <v>101</v>
       </c>
-      <c r="H26" s="38" t="s">
+      <c r="H26" s="37" t="s">
         <v>583</v>
       </c>
-      <c r="I26" s="53"/>
-      <c r="J26" s="38" t="s">
+      <c r="I26" s="52"/>
+      <c r="J26" s="37" t="s">
         <v>578</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="u2yYxKCulHa2Q0/eHTJ2ZDS2a4lHSiS1Qppk5Nj4uAFTnc8pfTR+RNvLWVslzyEs1Nsk71+mDQ2wlaGRHjBS8g==" saltValue="AXTluC24prPRtQ0x5cOa/Q==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
   <autoFilter ref="A2:J26" xr:uid="{D9A1F579-2ED0-4A2E-917F-A1A6A3DD90DC}"/>
   <mergeCells count="3">
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H5" r:id="rId1" display="dupont-ec@estrella-apolo-consultores.com" xr:uid="{1DEE5002-8323-4B9E-8ECB-1F03CF5AEB77}"/>
     <hyperlink ref="H4" r:id="rId2" display="latam.rush@pioneer.com" xr:uid="{64B2F1C9-F7A8-4721-8B76-E7752C43C944}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId4"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D3E0C1F-3C73-48EE-A66F-9B76D0DC1893}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:J23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
+      <pane ySplit="2" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H17" sqref="H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="28.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.21875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.77734375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.44140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="36.33203125" customWidth="1"/>
     <col min="10" max="10" width="32.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="36"/>
-[...4 lines deleted...]
-      <c r="F1" s="60" t="s">
+      <c r="A1" s="35"/>
+      <c r="B1" s="35"/>
+      <c r="C1" s="43"/>
+      <c r="D1" s="43"/>
+      <c r="E1" s="43"/>
+      <c r="F1" s="59" t="s">
         <v>200</v>
       </c>
-      <c r="G1" s="61"/>
-      <c r="H1" s="59" t="s">
+      <c r="G1" s="60"/>
+      <c r="H1" s="58" t="s">
         <v>33</v>
       </c>
-      <c r="I1" s="59"/>
-      <c r="J1" s="56" t="s">
+      <c r="I1" s="58"/>
+      <c r="J1" s="55" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="37" t="s">
+      <c r="A2" s="36" t="s">
         <v>336</v>
       </c>
-      <c r="B2" s="37" t="s">
+      <c r="B2" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="37" t="s">
+      <c r="C2" s="36" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="37" t="s">
+      <c r="D2" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="37" t="s">
+      <c r="E2" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="37" t="s">
+      <c r="F2" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="37" t="s">
+      <c r="G2" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="37" t="s">
+      <c r="H2" s="36" t="s">
         <v>132</v>
       </c>
-      <c r="I2" s="37" t="s">
+      <c r="I2" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="J2" s="56"/>
+      <c r="J2" s="55"/>
     </row>
     <row r="3" spans="1:10" s="1" customFormat="1" ht="249.6" x14ac:dyDescent="0.3">
-      <c r="A3" s="24" t="s">
+      <c r="A3" s="23" t="s">
         <v>483</v>
       </c>
-      <c r="B3" s="21" t="s">
+      <c r="B3" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="40" t="s">
+      <c r="C3" s="39" t="s">
         <v>29</v>
       </c>
       <c r="D3" s="11">
         <v>2350</v>
       </c>
-      <c r="E3" s="40" t="s">
+      <c r="E3" s="39" t="s">
         <v>198</v>
       </c>
-      <c r="F3" s="21" t="s">
+      <c r="F3" s="20" t="s">
         <v>555</v>
       </c>
-      <c r="G3" s="40" t="s">
+      <c r="G3" s="39" t="s">
         <v>199</v>
       </c>
-      <c r="H3" s="27" t="s">
+      <c r="H3" s="26" t="s">
         <v>480</v>
       </c>
-      <c r="I3" s="43" t="s">
+      <c r="I3" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="J3" s="38" t="s">
+      <c r="J3" s="37" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A4" s="24" t="s">
+      <c r="A4" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B4" s="24" t="s">
+      <c r="B4" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="38" t="s">
+      <c r="C4" s="37" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="F4" s="38" t="s">
+      <c r="F4" s="37" t="s">
         <v>181</v>
       </c>
-      <c r="G4" s="18" t="s">
+      <c r="G4" s="17" t="s">
         <v>654</v>
       </c>
-      <c r="H4" s="38" t="s">
+      <c r="H4" s="37" t="s">
         <v>136</v>
       </c>
-      <c r="I4" s="38" t="s">
+      <c r="I4" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="J4" s="38" t="s">
+      <c r="J4" s="37" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A5" s="24" t="s">
+      <c r="A5" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B5" s="24" t="s">
+      <c r="B5" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="38" t="s">
+      <c r="C5" s="37" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>137</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="F5" s="38" t="s">
+      <c r="F5" s="37" t="s">
         <v>182</v>
       </c>
-      <c r="G5" s="18" t="s">
+      <c r="G5" s="17" t="s">
         <v>654</v>
       </c>
-      <c r="H5" s="38" t="s">
+      <c r="H5" s="37" t="s">
         <v>136</v>
       </c>
-      <c r="I5" s="38" t="s">
+      <c r="I5" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="J5" s="38" t="s">
+      <c r="J5" s="37" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A6" s="24" t="s">
+      <c r="A6" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B6" s="24" t="s">
+      <c r="B6" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="38" t="s">
+      <c r="C6" s="37" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>326</v>
       </c>
       <c r="E6" s="5"/>
-      <c r="F6" s="38" t="s">
+      <c r="F6" s="37" t="s">
         <v>307</v>
       </c>
-      <c r="G6" s="38" t="s">
+      <c r="G6" s="37" t="s">
         <v>327</v>
       </c>
-      <c r="H6" s="38" t="s">
+      <c r="H6" s="37" t="s">
         <v>136</v>
       </c>
-      <c r="I6" s="38" t="s">
+      <c r="I6" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="J6" s="38" t="s">
+      <c r="J6" s="37" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A7" s="24" t="s">
+      <c r="A7" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B7" s="24" t="s">
+      <c r="B7" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="38" t="s">
+      <c r="C7" s="37" t="s">
         <v>133</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="E7" s="38" t="s">
+      <c r="E7" s="37" t="s">
         <v>108</v>
       </c>
-      <c r="F7" s="38" t="s">
+      <c r="F7" s="37" t="s">
         <v>396</v>
       </c>
-      <c r="G7" s="38" t="s">
+      <c r="G7" s="37" t="s">
         <v>485</v>
       </c>
-      <c r="H7" s="38" t="s">
+      <c r="H7" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I7" s="38" t="s">
+      <c r="I7" s="37" t="s">
         <v>109</v>
       </c>
-      <c r="J7" s="38" t="s">
+      <c r="J7" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A8" s="24" t="s">
+      <c r="A8" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B8" s="24" t="s">
+      <c r="B8" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="38" t="s">
+      <c r="C8" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="E8" s="38" t="s">
+      <c r="E8" s="37" t="s">
         <v>105</v>
       </c>
-      <c r="F8" s="38" t="s">
+      <c r="F8" s="37" t="s">
         <v>139</v>
       </c>
-      <c r="G8" s="38" t="s">
+      <c r="G8" s="37" t="s">
         <v>485</v>
       </c>
-      <c r="H8" s="38" t="s">
+      <c r="H8" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I8" s="38" t="s">
+      <c r="I8" s="37" t="s">
         <v>106</v>
       </c>
-      <c r="J8" s="38" t="s">
+      <c r="J8" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A9" s="24" t="s">
+      <c r="A9" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B9" s="24" t="s">
+      <c r="B9" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="38" t="s">
+      <c r="C9" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="E9" s="38" t="s">
+      <c r="E9" s="37" t="s">
         <v>112</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>111</v>
       </c>
       <c r="G9" s="7"/>
-      <c r="H9" s="38" t="s">
+      <c r="H9" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I9" s="38" t="s">
+      <c r="I9" s="37" t="s">
         <v>113</v>
       </c>
-      <c r="J9" s="38" t="s">
+      <c r="J9" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A10" s="24" t="s">
+      <c r="A10" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B10" s="24" t="s">
+      <c r="B10" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="38" t="s">
+      <c r="C10" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="E10" s="38" t="s">
+      <c r="E10" s="37" t="s">
         <v>116</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>115</v>
       </c>
       <c r="G10" s="7"/>
-      <c r="H10" s="38" t="s">
+      <c r="H10" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I10" s="38" t="s">
+      <c r="I10" s="37" t="s">
         <v>601</v>
       </c>
-      <c r="J10" s="38" t="s">
+      <c r="J10" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A11" s="24" t="s">
+      <c r="A11" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B11" s="24" t="s">
+      <c r="B11" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="38" t="s">
+      <c r="C11" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="E11" s="38" t="s">
+      <c r="E11" s="37" t="s">
         <v>119</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>118</v>
       </c>
       <c r="G11" s="7"/>
-      <c r="H11" s="38" t="s">
+      <c r="H11" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I11" s="38" t="s">
+      <c r="I11" s="37" t="s">
         <v>120</v>
       </c>
-      <c r="J11" s="38" t="s">
+      <c r="J11" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B12" s="24" t="s">
+      <c r="B12" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C12" s="38" t="s">
+      <c r="C12" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="E12" s="38" t="s">
+      <c r="E12" s="37" t="s">
         <v>123</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>122</v>
       </c>
       <c r="G12" s="7"/>
-      <c r="H12" s="38" t="s">
+      <c r="H12" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I12" s="38" t="s">
+      <c r="I12" s="37" t="s">
         <v>124</v>
       </c>
-      <c r="J12" s="38" t="s">
+      <c r="J12" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="109.2" x14ac:dyDescent="0.3">
-      <c r="A13" s="24" t="s">
+      <c r="A13" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B13" s="24" t="s">
+      <c r="B13" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C13" s="38" t="s">
+      <c r="C13" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="E13" s="38" t="s">
+      <c r="E13" s="37" t="s">
         <v>126</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>367</v>
       </c>
       <c r="G13" s="7"/>
-      <c r="H13" s="38" t="s">
+      <c r="H13" s="37" t="s">
         <v>742</v>
       </c>
-      <c r="I13" s="38" t="s">
+      <c r="I13" s="37" t="s">
         <v>439</v>
       </c>
-      <c r="J13" s="38" t="s">
+      <c r="J13" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A14" s="24" t="s">
+      <c r="A14" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B14" s="24" t="s">
+      <c r="B14" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="38" t="s">
+      <c r="C14" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>127</v>
       </c>
       <c r="E14" s="7"/>
       <c r="F14" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="G14" s="25"/>
-      <c r="H14" s="38" t="s">
+      <c r="G14" s="24"/>
+      <c r="H14" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I14" s="38" t="s">
+      <c r="I14" s="37" t="s">
         <v>129</v>
       </c>
-      <c r="J14" s="38" t="s">
+      <c r="J14" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A15" s="24" t="s">
+      <c r="A15" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="B15" s="24" t="s">
+      <c r="B15" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="38" t="s">
+      <c r="C15" s="37" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>130</v>
       </c>
       <c r="E15" s="7"/>
       <c r="F15" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="G15" s="25"/>
-      <c r="H15" s="38" t="s">
+      <c r="G15" s="24"/>
+      <c r="H15" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="I15" s="38" t="s">
+      <c r="I15" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="J15" s="38" t="s">
+      <c r="J15" s="37" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="249.6" x14ac:dyDescent="0.3">
-      <c r="A16" s="24" t="s">
+      <c r="A16" s="23" t="s">
         <v>483</v>
       </c>
-      <c r="B16" s="21" t="s">
+      <c r="B16" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C16" s="26" t="s">
+      <c r="C16" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="D16" s="26" t="s">
+      <c r="D16" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="E16" s="26" t="s">
+      <c r="E16" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="F16" s="26" t="s">
+      <c r="F16" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="G16" s="26" t="s">
+      <c r="G16" s="25" t="s">
         <v>594</v>
       </c>
-      <c r="H16" s="27" t="s">
+      <c r="H16" s="26" t="s">
         <v>480</v>
       </c>
-      <c r="I16" s="43" t="s">
+      <c r="I16" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="J16" s="38" t="s">
+      <c r="J16" s="37" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="249.6" x14ac:dyDescent="0.3">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="23" t="s">
         <v>483</v>
       </c>
-      <c r="B17" s="21" t="s">
+      <c r="B17" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C17" s="26" t="s">
+      <c r="C17" s="25" t="s">
         <v>29</v>
       </c>
-      <c r="D17" s="26" t="s">
+      <c r="D17" s="25" t="s">
         <v>340</v>
       </c>
-      <c r="E17" s="26" t="s">
+      <c r="E17" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="F17" s="26" t="s">
+      <c r="F17" s="25" t="s">
         <v>415</v>
       </c>
-      <c r="G17" s="26" t="s">
+      <c r="G17" s="25" t="s">
+        <v>745</v>
+      </c>
+      <c r="H17" s="42" t="s">
+        <v>482</v>
+      </c>
+      <c r="I17" s="42" t="s">
+        <v>26</v>
+      </c>
+      <c r="J17" s="37" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="249.6" x14ac:dyDescent="0.3">
+      <c r="A18" s="23" t="s">
+        <v>483</v>
+      </c>
+      <c r="B18" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" s="25" t="s">
+        <v>339</v>
+      </c>
+      <c r="E18" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="F18" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18" s="25" t="s">
         <v>79</v>
       </c>
-      <c r="H17" s="43" t="s">
+      <c r="H18" s="42" t="s">
         <v>482</v>
       </c>
-      <c r="I17" s="43" t="s">
+      <c r="I18" s="42" t="s">
+        <v>481</v>
+      </c>
+      <c r="J18" s="37" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A19" s="23" t="s">
+        <v>602</v>
+      </c>
+      <c r="B19" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="J17" s="38" t="s">
-[...7 lines deleted...]
-      <c r="B18" s="21" t="s">
+      <c r="C19" s="25" t="s">
+        <v>614</v>
+      </c>
+      <c r="D19" s="25" t="s">
+        <v>615</v>
+      </c>
+      <c r="E19" s="25" t="s">
+        <v>616</v>
+      </c>
+      <c r="F19" s="25" t="s">
+        <v>617</v>
+      </c>
+      <c r="G19" s="25" t="s">
+        <v>679</v>
+      </c>
+      <c r="H19" s="26" t="s">
+        <v>618</v>
+      </c>
+      <c r="I19" s="25" t="s">
+        <v>679</v>
+      </c>
+      <c r="J19" s="37" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A20" s="23" t="s">
+        <v>602</v>
+      </c>
+      <c r="B20" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="26" t="s">
-[...25 lines deleted...]
-      <c r="A19" s="24" t="s">
+      <c r="C20" s="25" t="s">
+        <v>614</v>
+      </c>
+      <c r="D20" s="25" t="s">
+        <v>619</v>
+      </c>
+      <c r="E20" s="25" t="s">
+        <v>620</v>
+      </c>
+      <c r="F20" s="25" t="s">
+        <v>621</v>
+      </c>
+      <c r="G20" s="25" t="s">
+        <v>679</v>
+      </c>
+      <c r="H20" s="26" t="s">
+        <v>618</v>
+      </c>
+      <c r="I20" s="25" t="s">
+        <v>679</v>
+      </c>
+      <c r="J20" s="37" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A21" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B19" s="21" t="s">
+      <c r="B21" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C19" s="26" t="s">
+      <c r="C21" s="25" t="s">
         <v>614</v>
       </c>
-      <c r="D19" s="26" t="s">
-[...8 lines deleted...]
-      <c r="G19" s="26" t="s">
+      <c r="D21" s="25" t="s">
+        <v>622</v>
+      </c>
+      <c r="E21" s="25" t="s">
+        <v>623</v>
+      </c>
+      <c r="F21" s="25" t="s">
+        <v>624</v>
+      </c>
+      <c r="G21" s="25" t="s">
         <v>679</v>
       </c>
-      <c r="H19" s="27" t="s">
+      <c r="H21" s="26" t="s">
         <v>618</v>
       </c>
-      <c r="I19" s="26" t="s">
+      <c r="I21" s="25" t="s">
         <v>679</v>
       </c>
-      <c r="J19" s="38" t="s">
+      <c r="J21" s="37" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A20" s="24" t="s">
+    <row r="22" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A22" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B20" s="21" t="s">
+      <c r="B22" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C20" s="26" t="s">
+      <c r="C22" s="25" t="s">
         <v>614</v>
       </c>
-      <c r="D20" s="26" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="26" t="s">
+      <c r="D22" s="25" t="s">
+        <v>625</v>
+      </c>
+      <c r="E22" s="25" t="s">
+        <v>626</v>
+      </c>
+      <c r="F22" s="25" t="s">
+        <v>627</v>
+      </c>
+      <c r="G22" s="25" t="s">
         <v>679</v>
       </c>
-      <c r="H20" s="27" t="s">
+      <c r="H22" s="26" t="s">
         <v>618</v>
       </c>
-      <c r="I20" s="26" t="s">
+      <c r="I22" s="25" t="s">
         <v>679</v>
       </c>
-      <c r="J20" s="38" t="s">
+      <c r="J22" s="37" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="A21" s="24" t="s">
+    <row r="23" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A23" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="B21" s="21" t="s">
+      <c r="B23" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C21" s="26" t="s">
-[...14 lines deleted...]
-      <c r="H21" s="27" t="s">
+      <c r="C23" s="25" t="s">
+        <v>628</v>
+      </c>
+      <c r="D23" s="25" t="s">
+        <v>629</v>
+      </c>
+      <c r="E23" s="25"/>
+      <c r="F23" s="25" t="s">
+        <v>630</v>
+      </c>
+      <c r="G23" s="25" t="s">
+        <v>631</v>
+      </c>
+      <c r="H23" s="26" t="s">
+        <v>632</v>
+      </c>
+      <c r="I23" s="26" t="s">
+        <v>26</v>
+      </c>
+      <c r="J23" s="37" t="s">
         <v>618</v>
       </c>
-      <c r="I21" s="26" t="s">
-[...66 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="A042NFieb/SXiFRrcu8A7dMfYAtaSKT2lyW+3mM/M+qe3EE5xZvGaXMAZ5MKc4t8kg4tTsw22OWhNahC/3eTjg==" saltValue="lR1CnR8hwieTewIOSARk4Q==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="g2pIKgEn6ZjDAwFiSJI4CYZbQoHT/yVQ1iZq4epetNb3upNjzmLcaCOrhRnJQUN2cHYB1uKlJDSNfIxTx54CFA==" saltValue="8nM2PsOJazxJzHxkHdHTxQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" autoFilter="0"/>
   <autoFilter ref="A2:J23" xr:uid="{1D3E0C1F-3C73-48EE-A66F-9B76D0DC1893}"/>
   <mergeCells count="3">
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H19" r:id="rId1" xr:uid="{14651B7E-6572-40C3-9FA6-3CFBB4825253}"/>
     <hyperlink ref="H20:H22" r:id="rId2" display="Accountspayable@stollerusa.com" xr:uid="{BC4FC91B-4E27-4DEE-9F7D-65977C99FBC8}"/>
     <hyperlink ref="J19" r:id="rId3" xr:uid="{ECFC2E21-76E0-49B5-B504-70A2C274B62D}"/>
     <hyperlink ref="J20:J22" r:id="rId4" display="Accountspayable@stollerusa.com" xr:uid="{A6FB40F3-D2D2-4FE4-BF97-829DAFB6C0A4}"/>
     <hyperlink ref="H23" r:id="rId5" xr:uid="{ECF9571D-0DA7-469E-9AA0-55124C11E52E}"/>
     <hyperlink ref="J21:J23" r:id="rId6" display="Accountspayable@stollerusa.com" xr:uid="{01A4796C-D768-4424-B1AE-35BE1EF4E1CB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId7"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId8"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A48A66A-7F3A-4E29-9DEA-9162BC8C9ADA}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:A5"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="H20" sqref="H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:1" ht="25.8" x14ac:dyDescent="0.5">
-      <c r="A1" s="33" t="s">
+      <c r="A1" s="32" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="5" spans="1:1" ht="21" x14ac:dyDescent="0.4">
-      <c r="A5" s="29" t="s">
+      <c r="A5" s="28" t="s">
         <v>357</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="ARBKbSVrB25UFzALWH0NzKyALq7JocR/0wJuRz0dFEKQyUCuYSvK5Gyv+gk6kKmSNeuR9Ky6tRuVHV1LkNdAHQ==" saltValue="E0JSQzzGIF/sc3BXrN0TZA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80C73DCE-4BB0-49C4-BF09-93A2B0A3140C}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
@@ -9387,71 +9429,59 @@
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000---Internal Use---</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008E106B0EC443E045AB16A4DC65B96624" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f08b28cb943524ddd219c3fbcb43718">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xmlns:ns4="42ed4e84-a209-4a37-83eb-cbd11675b2db" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="124ffce645e17dabadd3a293a78119ce" ns3:_="" ns4:_="">
     <xsd:import namespace="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2"/>
     <xsd:import namespace="42ed4e84-a209-4a37-83eb-cbd11675b2db"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MigrationWizId" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdPermissions" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdPermissionLevels" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdDocumentLibraryPermissions" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationWizIdSecurityGroups" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
@@ -9654,90 +9684,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MigrationWizIdPermissionLevels xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
+    <MigrationWizIdPermissions xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
+    <MigrationWizIdDocumentLibraryPermissions xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
+    <MigrationWizIdSecurityGroups xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
+    <MigrationWizId xmlns="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0848C516-8C99-4AAA-BA12-16F5C33E8D86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6058E4C1-D238-4C55-BA15-7297CA2DE045}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2"/>
     <ds:schemaRef ds:uri="42ed4e84-a209-4a37-83eb-cbd11675b2db"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AECB485-EA5F-4233-8E8B-910D75848485}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="42ed4e84-a209-4a37-83eb-cbd11675b2db"/>
+    <ds:schemaRef ds:uri="9f23fda2-4ee6-4b1d-8a28-3e727ecc5ad2"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>APAC</vt:lpstr>
       <vt:lpstr>EMEA</vt:lpstr>
       <vt:lpstr>LATAM</vt:lpstr>